--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -733,141 +733,141 @@
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Céline Baron - Celineb Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>06550</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROQUETTE-SUR-SIAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zc Formation Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Forseco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation Professionnelle en Sécurité du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>IFPST</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2027 00:00:00</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ab Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
@@ -4742,799 +4742,799 @@
         <x:v>218</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q63" s="0" t="n">
         <x:v>613858</x:v>
       </x:c>
       <x:c r="R63" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S63" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:19">
       <x:c r="A64" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
-        <x:v>221</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N64" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="O64" s="16" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P64" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="Q64" s="14" t="n">
+        <x:v>602835</x:v>
+      </x:c>
+      <x:c r="R64" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="O64" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="S64" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:19">
       <x:c r="A65" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G65" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N65" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="O65" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q65" s="0" t="n">
-        <x:v>600704</x:v>
+        <x:v>598245</x:v>
       </x:c>
       <x:c r="R65" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S65" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:19">
       <x:c r="A66" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
-        <x:v>82</x:v>
-[...1 lines deleted...]
-      <x:c r="F66" s="14" t="s"/>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
       <x:c r="G66" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N66" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="O66" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q66" s="14" t="n">
-        <x:v>602804</x:v>
+        <x:v>598246</x:v>
       </x:c>
       <x:c r="R66" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S66" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:19">
       <x:c r="A67" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="G67" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="I67" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N67" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="O67" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q67" s="0" t="n">
-        <x:v>598248</x:v>
+        <x:v>618822</x:v>
       </x:c>
       <x:c r="R67" s="4" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="S67" s="4" t="s">
         <x:v>229</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:19">
       <x:c r="A68" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N68" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="O68" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q68" s="14" t="n">
-        <x:v>605397</x:v>
+        <x:v>586647</x:v>
       </x:c>
       <x:c r="R68" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S68" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:19">
       <x:c r="A69" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G69" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N69" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="O69" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="P69" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="Q69" s="0" t="n">
+        <x:v>546583</x:v>
+      </x:c>
+      <x:c r="R69" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="P69" s="0" t="s">
-[...5 lines deleted...]
-      <x:c r="R69" s="4" t="s">
+      <x:c r="S69" s="4" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:19">
       <x:c r="A70" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N70" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="O70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q70" s="14" t="n">
-        <x:v>546583</x:v>
+        <x:v>615388</x:v>
       </x:c>
       <x:c r="R70" s="16" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="S70" s="16" t="s">
         <x:v>236</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:19">
       <x:c r="A71" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G71" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="O71" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q71" s="0" t="n">
-        <x:v>615388</x:v>
+        <x:v>615389</x:v>
       </x:c>
       <x:c r="R71" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S71" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:19">
       <x:c r="A72" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N72" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="O72" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q72" s="14" t="n">
-        <x:v>615389</x:v>
+        <x:v>615391</x:v>
       </x:c>
       <x:c r="R72" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S72" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:19">
       <x:c r="A73" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="F73" s="0" t="s">
+        <x:v>238</x:v>
       </x:c>
       <x:c r="G73" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I73" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="O73" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q73" s="0" t="n">
-        <x:v>615391</x:v>
+        <x:v>603860</x:v>
       </x:c>
       <x:c r="R73" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S73" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:19">
       <x:c r="A74" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N74" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="O74" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="Q74" s="14" t="n">
-        <x:v>602835</x:v>
+        <x:v>600704</x:v>
       </x:c>
       <x:c r="R74" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S74" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:19">
       <x:c r="A75" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
-        <x:v>119</x:v>
-[...2 lines deleted...]
-        <x:v>120</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="G75" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N75" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="O75" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q75" s="0" t="n">
-        <x:v>598245</x:v>
+        <x:v>602804</x:v>
       </x:c>
       <x:c r="R75" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="S75" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:19">
       <x:c r="A76" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="G76" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N76" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="O76" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q76" s="14" t="n">
-        <x:v>598246</x:v>
+        <x:v>598248</x:v>
       </x:c>
       <x:c r="R76" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S76" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:19">
       <x:c r="A77" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G77" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I77" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N77" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="O77" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q77" s="0" t="n">
+        <x:v>605397</x:v>
+      </x:c>
+      <x:c r="R77" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="Q77" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="R77" s="4" t="s">
+      <x:c r="S77" s="4" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:19">
       <x:c r="A78" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N78" s="14" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="O78" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="O78" s="16" t="s">
+      <x:c r="P78" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="Q78" s="14" t="n">
+        <x:v>622185</x:v>
+      </x:c>
+      <x:c r="R78" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="P78" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="R78" s="16" t="s">
+      <x:c r="S78" s="16" t="s">
         <x:v>251</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:19">
       <x:c r="A79" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G79" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
@@ -6515,72 +6515,72 @@
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q98" s="14" t="n">
         <x:v>615322</x:v>
       </x:c>
       <x:c r="R98" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S98" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:19">
       <x:c r="A99" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="G99" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N99" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="O99" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q99" s="0" t="n">
         <x:v>614263</x:v>
       </x:c>
       <x:c r="R99" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S99" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:19">
       <x:c r="A100" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>303</x:v>