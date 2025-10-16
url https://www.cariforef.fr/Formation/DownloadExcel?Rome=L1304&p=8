--- v0 (2025-10-14)
+++ v1 (2025-10-16)
@@ -602,162 +602,162 @@
   <x:si>
     <x:t>Diplôme d'études supérieures en film d'animation</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention animation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>Film animation</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>expert en conception, réalisation et animation 3D</x:t>
   </x:si>
   <x:si>
+    <x:t>Brassart Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Brassart Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>École MoPA</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 5 et plus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecole Brassart - MOPA</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2031 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Expert en conception, réalisation et animation 3D blocs de compétences BC05 - BC06 - BC07</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - Antenne Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation mise en scène intimité</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention techniques du son et de l'image</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>Avignon Université</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention techniques du son et de l'image parcours production musicale et médias interactifs numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Son</x:t>
   </x:si>
   <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...5 lines deleted...]
-    <x:t>MARSEILLE CEDEX 09</x:t>
+    <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
   </x:si>
@@ -1758,183 +1758,183 @@
         <x:v>53</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>577730</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>548460</x:v>
+        <x:v>584012</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>576420</x:v>
+        <x:v>548460</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>584012</x:v>
+        <x:v>576420</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39377</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -2698,142 +2698,142 @@
         <x:v>592820</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>549743</x:v>
+        <x:v>549703</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>549703</x:v>
+        <x:v>549743</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>89</x:v>
@@ -3079,134 +3079,134 @@
         <x:v>144</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>593238</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>595751</x:v>
+        <x:v>595750</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>595750</x:v>
+        <x:v>595751</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>117</x:v>
@@ -3477,51 +3477,51 @@
       <x:c r="K38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>595619</x:v>
+        <x:v>595618</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>41242</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -3531,51 +3531,51 @@
       <x:c r="K39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>595621</x:v>
+        <x:v>595619</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>41242</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
@@ -3588,51 +3588,51 @@
       <x:c r="K40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>595618</x:v>
+        <x:v>595620</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>41242</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -3642,51 +3642,51 @@
       <x:c r="K41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>595620</x:v>
+        <x:v>595621</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
@@ -3753,51 +3753,51 @@
       <x:c r="K43" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>595608</x:v>
+        <x:v>595607</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
@@ -3810,51 +3810,51 @@
       <x:c r="K44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>595607</x:v>
+        <x:v>595608</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>41244</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -3945,165 +3945,165 @@
       <x:c r="S46" s="14" t="n">
         <x:v>595863</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J47" s="0" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>592183</x:v>
+        <x:v>592182</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="R48" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="Q48" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>592182</x:v>
+        <x:v>592183</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -4139,270 +4139,270 @@
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>546040</x:v>
+        <x:v>577110</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>577110</x:v>
+        <x:v>546040</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592363</x:v>
+        <x:v>592362</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>592362</x:v>
+        <x:v>592363</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>571064</x:v>
+        <x:v>586830</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
@@ -4412,308 +4412,308 @@
       <x:c r="J55" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>586830</x:v>
+        <x:v>571064</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>592096</x:v>
+        <x:v>592095</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>592095</x:v>
+        <x:v>592096</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>592098</x:v>
+        <x:v>592097</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>592097</x:v>
+        <x:v>592098</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -4726,51 +4726,51 @@
       <x:c r="U60" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4785,51 +4785,51 @@
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4842,307 +4842,307 @@
       <x:c r="U62" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>576148</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>576151</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>576152</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>576153</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>576155</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -5394,51 +5394,51 @@
       <x:c r="T72" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39861</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -5505,252 +5505,252 @@
       <x:c r="T74" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>34932</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>596636</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>34932</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>596639</x:v>
+        <x:v>596637</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>34932</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>596637</x:v>
+        <x:v>596638</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>34932</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>596638</x:v>
+        <x:v>596639</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
@@ -5923,134 +5923,134 @@
         <x:v>269</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>573090</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>578362</x:v>
+        <x:v>584024</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>584024</x:v>
+        <x:v>578362</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>