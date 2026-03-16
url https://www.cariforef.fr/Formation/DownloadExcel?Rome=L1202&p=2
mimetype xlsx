--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -242,83 +242,83 @@
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Régie son</x:t>
   </x:si>
   <x:si>
     <x:t>ENSUES-LA-REDONNE</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et techniques du théâtre, de la musique et de la danse domaine musique</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Dumont d'Urville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Musique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Bandonéon</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International des Musiques du Monde - Métis</x:t>
   </x:si>
   <x:si>
     <x:t>IIMM</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique instrumentale</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
@@ -332,131 +332,131 @@
   <x:si>
     <x:t>Chant et studio : maîtriser l'enregistrement vocal</x:t>
   </x:si>
   <x:si>
     <x:t>Affectus Formations</x:t>
   </x:si>
   <x:si>
     <x:t>74130</x:t>
   </x:si>
   <x:si>
     <x:t>Chant</x:t>
   </x:si>
   <x:si>
     <x:t>ROGNES</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chant médiéval</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/06/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Chant Oriental</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CHANTS DE GRÈCE ET D'ASIE MINEURE</x:t>
   </x:si>
   <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chants de Grèce et d'Asie Mineure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/02/2026 00:00:00</x:t>
+    <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chants de Grèce et d'Asie Mineure</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Chants de la tradition séfarade judéo-espagnole : de l’Andalousie médiévale aux pays de l’ex-empire ottoman</x:t>
   </x:si>
   <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Choro</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re S2TMD sciences et techniques du théâtre, de la musique et de la danse</x:t>
   </x:si>
   <x:si>
     <x:t>Coaching vocal - staging</x:t>
   </x:si>
   <x:si>
     <x:t>Crossroads - Dalida Institute</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2026 00:00:00</x:t>
@@ -578,56 +578,56 @@
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Êtes-vous prêt pour un casting vocal ?</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Étude du Oud</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/27/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation jazz et musiques actuelles</x:t>
   </x:si>
   <x:si>
     <x:t>Gu Zheng, Cithare chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation au Kanoun</x:t>
   </x:si>
   <x:si>
     <x:t>04/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
@@ -725,59 +725,59 @@
   <x:si>
     <x:t>Logiciel Pro Tools</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention acoustique et musicologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Acoustique</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention acoustique et musicologie parcours ingénierie et conception sonore</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention acoustique et musicologie parcours musiques, technologies et humanités</x:t>
@@ -827,65 +827,65 @@
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Centre de Formation Musicien Intervenant</x:t>
   </x:si>
   <x:si>
     <x:t>Musicien MAO, musiques électroniques</x:t>
   </x:si>
   <x:si>
     <x:t>Musique à l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Cifap</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Unison Education</x:t>
   </x:si>
   <x:si>
     <x:t>31500</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/04/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Musique assistée par ordinateur - MAO (Ableton, protools, cubase)</x:t>
   </x:si>
   <x:si>
     <x:t>Event-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Musique bulgare</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Ressources des Hauts Pays Alpins</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>VEYNES</x:t>
@@ -893,57 +893,57 @@
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musique et booking : prospecter efficacement</x:t>
   </x:si>
   <x:si>
     <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musiques de l'Inde et Improvisation</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Musiques du Brésil</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
@@ -2088,51 +2088,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>594431</x:v>
+        <x:v>594430</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>59</x:v>
@@ -2140,51 +2140,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>594430</x:v>
+        <x:v>594431</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>69</x:v>
@@ -2352,51 +2352,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>586158</x:v>
+        <x:v>615056</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -2407,57 +2407,57 @@
       <x:c r="K16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>581433</x:v>
+        <x:v>535754</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
@@ -2465,207 +2465,207 @@
       <x:c r="M17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>598762</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>615056</x:v>
+        <x:v>586158</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>535754</x:v>
+        <x:v>581433</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>581619</x:v>
+        <x:v>586204</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>74</x:v>
@@ -2673,57 +2673,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>587060</x:v>
+        <x:v>586451</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>35</x:v>
@@ -2731,161 +2731,161 @@
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>536105</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>586204</x:v>
+        <x:v>581619</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>586451</x:v>
+        <x:v>587060</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="U24" s="16" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
@@ -2942,430 +2942,430 @@
       <x:c r="K26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>586205</x:v>
+        <x:v>587330</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>588181</x:v>
+        <x:v>537148</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="U27" s="4" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>535797</x:v>
+        <x:v>588166</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>587330</x:v>
+        <x:v>535797</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>537148</x:v>
+        <x:v>586205</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>588166</x:v>
+        <x:v>588181</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>590510</x:v>
+        <x:v>586161</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>586161</x:v>
+        <x:v>590510</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>35</x:v>
@@ -3373,54 +3373,54 @@
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>613284</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>36</x:v>
@@ -3440,129 +3440,129 @@
       <x:c r="R35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>597206</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>597205</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>597204</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -3832,54 +3832,54 @@
       <x:c r="K43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>588434</x:v>
+        <x:v>615307</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -3887,109 +3887,109 @@
       <x:c r="K44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>615307</x:v>
+        <x:v>535618</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>535618</x:v>
+        <x:v>588434</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>35</x:v>
@@ -4101,106 +4101,106 @@
       <x:c r="K48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>588293</x:v>
+        <x:v>589584</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>589584</x:v>
+        <x:v>588293</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -4843,161 +4843,161 @@
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>536111</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>615179</x:v>
+        <x:v>587276</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="U63" s="4" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>587276</x:v>
+        <x:v>615179</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
@@ -5060,158 +5060,158 @@
       <x:c r="M66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>597809</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>535756</x:v>
+        <x:v>586208</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>586208</x:v>
+        <x:v>535756</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>50</x:v>
@@ -5482,106 +5482,106 @@
       <x:c r="K74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>535676</x:v>
+        <x:v>612811</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>612811</x:v>
+        <x:v>586211</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -5589,106 +5589,106 @@
       <x:c r="K76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>586211</x:v>
+        <x:v>535676</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>588500</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -6020,54 +6020,54 @@
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>616899</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>36</x:v>
@@ -6122,54 +6122,54 @@
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>599276</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>36</x:v>
@@ -6276,54 +6276,54 @@
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>587061</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>35</x:v>
@@ -6386,51 +6386,51 @@
       <x:c r="M91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>579887</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>35</x:v>
@@ -6490,51 +6490,51 @@
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>579885</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
@@ -6585,117 +6585,117 @@
       <x:c r="G95" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>11486</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="Q95" s="4" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="R95" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="Q95" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>595478</x:v>
+        <x:v>595479</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38996</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>11486</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>595479</x:v>
+        <x:v>595478</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38996</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
@@ -6875,51 +6875,51 @@
       <x:c r="M100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>570254</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>36</x:v>
@@ -7086,160 +7086,159 @@
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>560661</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>36880</x:v>
+        <x:v>41348</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>222</x:v>
-[...2 lines deleted...]
-        <x:v>223</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>574877</x:v>
+        <x:v>606191</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>55</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>41348</x:v>
+        <x:v>36880</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>214</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>223</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>606191</x:v>
+        <x:v>574877</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>50</x:v>
@@ -7313,140 +7312,140 @@
         <x:v>248</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>608288</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="R109" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="S109" s="0" t="n">
+        <x:v>617530</x:v>
+      </x:c>
+      <x:c r="T109" s="4" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U109" s="4" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>45094</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>617530</x:v>
+        <x:v>610844</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>36</x:v>
@@ -7602,158 +7601,158 @@
       <x:c r="K114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>602962</x:v>
+        <x:v>535620</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>535620</x:v>
+        <x:v>613959</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>613959</x:v>
+        <x:v>602962</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>74</x:v>
@@ -7871,51 +7870,51 @@
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>554135</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -7978,51 +7977,51 @@
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>586212</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -8033,51 +8032,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>589726</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>35</x:v>
@@ -8143,51 +8142,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>586213</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
@@ -8195,51 +8194,51 @@
       <x:c r="M125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>536102</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>35</x:v>
@@ -8354,106 +8353,106 @@
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>581589</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>587052</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>35</x:v>
@@ -8780,51 +8779,51 @@
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>71505</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>620585</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
@@ -9142,54 +9141,54 @@
       <x:c r="K143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>600173</x:v>
+        <x:v>586215</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -9197,54 +9196,54 @@
       <x:c r="K144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>586215</x:v>
+        <x:v>600173</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
@@ -9296,51 +9295,51 @@
         <x:v>248</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>45073</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>622036</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>209</x:v>
@@ -9398,51 +9397,51 @@
         <x:v>248</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>71554</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>621992</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>310</x:v>