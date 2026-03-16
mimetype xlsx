--- v0 (2026-03-16)
+++ v1 (2026-03-16)
@@ -221,77 +221,77 @@
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de catégorie C des ministères économiques et financiers</x:t>
   </x:si>
   <x:si>
     <x:t>Année de césure / Accompagnement à l’orientation scolaire post bac / Construction du projet professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Evocae</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>11/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/06/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Attaché territorial – concours interne et 3e voie</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Agent de la fonction publique d'Etat , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et conseil en orientation scolaire et professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
@@ -335,60 +335,60 @@
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement vers emploi</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller emploi et accompagnement professionnel</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/18/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/18/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant en bilan de compétences</x:t>
   </x:si>
   <x:si>
     <x:t>CD Competences</x:t>
   </x:si>
   <x:si>
     <x:t>64600</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sabine Jourdois</x:t>
   </x:si>
@@ -1478,264 +1478,264 @@
       <x:c r="K7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>613771</x:v>
+        <x:v>613766</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>613772</x:v>
+        <x:v>613773</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>613766</x:v>
+        <x:v>613772</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>613773</x:v>
+        <x:v>613771</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>524501</x:v>
+        <x:v>615799</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>54</x:v>
@@ -1746,100 +1746,100 @@
       <x:c r="M12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>566815</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>615799</x:v>
+        <x:v>524501</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
@@ -1851,51 +1851,51 @@
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>595857</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2072,114 +2072,114 @@
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>578595</x:v>
+        <x:v>578600</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>578617</x:v>
+        <x:v>578595</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -2188,51 +2188,51 @@
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>578600</x:v>
+        <x:v>578617</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -2406,51 +2406,51 @@
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>612444</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
@@ -2872,51 +2872,51 @@
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
@@ -2985,51 +2985,51 @@
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -3310,51 +3310,51 @@
       <x:c r="M41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>615778</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>36</x:v>
@@ -3365,103 +3365,103 @@
       <x:c r="M42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>562509</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>524458</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>