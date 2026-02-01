--- v0 (2026-02-01)
+++ v1 (2026-02-01)
@@ -161,65 +161,65 @@
   <x:si>
     <x:t>Achat revente de biens immobiliers</x:t>
   </x:si>
   <x:si>
     <x:t>Juridicae Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83220</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Droit immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>LE PRADET</x:t>
   </x:si>
   <x:si>
+    <x:t>12/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/09/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Actualisation des connaissances en droit du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Droit travail</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Actualité et règlementation du droit du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Aristée</x:t>
@@ -326,59 +326,59 @@
   <x:si>
     <x:t>Certificat de formation à l'expertise judiciaire</x:t>
   </x:si>
   <x:si>
     <x:t>Institut d'Etudes Politiques</x:t>
   </x:si>
   <x:si>
     <x:t>IEP</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Droit judiciaire privé</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>01/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de Formation à l'Expertise judiciaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de Formation à l'Expertise judiciaire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>Économie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06008</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
@@ -404,116 +404,116 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Marché public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Constituer son dossier d'appel d'offres</x:t>
   </x:si>
   <x:si>
     <x:t>Formapack</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer son entreprise dans l'achat revente de biens immobiliers (marchand de biens)</x:t>
   </x:si>
   <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/26/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Délégué à la protection des données (DPO)</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Règlement général protection données</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Délégué à la protection des données (DPO) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Délégué à la protection des données (DPO) spécificité cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Délégué à la protection des données (DPO) spécificité ingénierie du web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Droit données personnelles</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Délégué à la protection des données (DPO) spécificité intelligence artificielle - Data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>DESU mise en œuvre RGPD - mission Déléguée à la Protection des Données</x:t>
@@ -557,68 +557,68 @@
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>INFN</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Droit du travail appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2018 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2018 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Droit et achat des images et deviser une prestation</x:t>
   </x:si>
   <x:si>
     <x:t>Droit auteur</x:t>
   </x:si>
   <x:si>
     <x:t>DU DESU droit du sport</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>DU droit fiscal</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
@@ -641,62 +641,62 @@
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Le cadre juridique de l'activité de photographe</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>ENSP</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/05/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>magistère droit journalisme et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Droit presse</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>magistère droit, fiscalité et comptabilité</x:t>
   </x:si>
   <x:si>
     <x:t>Comptabilité</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser une expertise judiciaire</x:t>
   </x:si>
   <x:si>
     <x:t>Droit maritime</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention administration et liquidation d'entreprises en difficulté</x:t>
@@ -716,74 +716,74 @@
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit bancaire et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit affaires</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque</x:t>
   </x:si>
   <x:si>
     <x:t>ESBANQUE</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
-    <x:t>Droit affaires</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention droit bancaire et financier</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention droit bancaire et financier parcours droit de la banque et des opérations patrimoniales (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de la Banque - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours droit de la banque et gestion de patrimoine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit bancaire et financier parcours procédures bancaires et marché des professionnels (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de la santé parcours droit de la santé et encadrement de la recherche</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de la santé parcours droit et gestion des institutions en santé (Contrat de Professionnalisation)</x:t>
@@ -800,74 +800,74 @@
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'urbanisme et droit de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de l'immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Droit urbanisme</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'immobilier parcours droit de l'urbanisme et droit de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'immobilier parcours droit immobilier privé et public</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit des affaires</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit propriété intellectuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>Droit propriété intellectuelle</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Master mention droit des affaires parcours compliance et droit des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours distribution concurrence</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit chinois des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit de la banque</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des assurances (Contrat de Professionnalisation)</x:t>
@@ -941,62 +941,62 @@
   <x:si>
     <x:t>Master mention droit fiscal parcours fiscalité personnelle et du patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit international et droit européen</x:t>
   </x:si>
   <x:si>
     <x:t>Droit comparé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit international et droit européen blocs de compétences BC05 - BC06 - BC07 - BC08 - BC09</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit international et droit européen parcours action et droits humanitaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit international et droit européen parcours droit de l'Union européenne</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit international et droit européen parcours droit international</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention droit notarial</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit notarial</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention droit notarial</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention droit notarial parcours carrière notariale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit notarial parcours droit public notarial</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit parcours droit des affaires appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit parcours droit public et carrières publiques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit pénal et sciences criminelles</x:t>
   </x:si>
   <x:si>
     <x:t>Droit pénal</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours criminologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours délinquance financière et compliance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
@@ -1208,66 +1208,66 @@
   <x:si>
     <x:t>Répondre à mon premier appel d'offre public - de la théorie à la pratique dans le domaine de la formation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Savoir répondre à un appel d'offre</x:t>
   </x:si>
   <x:si>
     <x:t>Sécuriser ses pratiques numériques (cyber sécurité / RGPD)</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">S'installer en société </x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
   </x:si>
   <x:si>
     <x:t>Droit rural</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1854,159 +1854,159 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>597778</x:v>
+        <x:v>590881</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>590881</x:v>
+        <x:v>590883</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>590883</x:v>
+        <x:v>597778</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U4" s="16" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
@@ -2340,150 +2340,150 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>590298</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>616139</x:v>
+        <x:v>590135</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>13266</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>590135</x:v>
+        <x:v>616139</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
@@ -2894,100 +2894,100 @@
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>13209</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>461573</x:v>
+        <x:v>461574</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>13209</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>461574</x:v>
+        <x:v>461573</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
@@ -2996,100 +2996,100 @@
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>615538</x:v>
+        <x:v>615537</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>615537</x:v>
+        <x:v>615538</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>24</x:v>
@@ -3211,57 +3211,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>583282</x:v>
+        <x:v>583285</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40652</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -3271,54 +3271,54 @@
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>605578</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40652</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3327,57 +3327,57 @@
       <x:c r="K30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>583285</x:v>
+        <x:v>583282</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40652</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -3449,51 +3449,51 @@
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>553597</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40652</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -3565,51 +3565,51 @@
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>583287</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36046</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -3675,173 +3675,173 @@
       <x:c r="K36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>583291</x:v>
+        <x:v>583289</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>36046</x:v>
+        <x:v>40652</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>13235</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>553593</x:v>
+        <x:v>583291</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40652</x:v>
+        <x:v>36046</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>13238</x:v>
+        <x:v>13235</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>583289</x:v>
+        <x:v>553593</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
@@ -4056,51 +4056,51 @@
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>177060</x:v>
+        <x:v>177059</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>161</x:v>
@@ -4109,100 +4109,100 @@
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>177059</x:v>
+        <x:v>177062</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>177062</x:v>
+        <x:v>177061</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>161</x:v>
@@ -4211,51 +4211,51 @@
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>177061</x:v>
+        <x:v>177060</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
@@ -4362,51 +4362,51 @@
       <x:c r="I49" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>13354</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>614588</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -4470,51 +4470,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>13243</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>599002</x:v>
+        <x:v>599003</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -4525,51 +4525,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>13243</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>599003</x:v>
+        <x:v>599002</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>53</x:v>
@@ -4844,498 +4844,498 @@
       <x:c r="J58" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>611986</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>597266</x:v>
+        <x:v>597267</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38158</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>597267</x:v>
+        <x:v>597266</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B61" s="0" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>217</x:v>
-[...2 lines deleted...]
-        <x:v>218</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>572393</x:v>
+        <x:v>597439</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>597439</x:v>
+        <x:v>597440</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>597440</x:v>
+        <x:v>572393</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>542131</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>581229</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38170</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>581230</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
@@ -5427,51 +5427,51 @@
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>576300</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38194</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
@@ -5714,51 +5714,51 @@
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>576302</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6034,117 +6034,117 @@
       <x:c r="G79" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>597434</x:v>
+        <x:v>597438</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>597438</x:v>
+        <x:v>597437</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -6177,85 +6177,85 @@
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>597435</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>597437</x:v>
+        <x:v>597434</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -6553,51 +6553,51 @@
       <x:c r="J88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>580564</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -6683,51 +6683,51 @@
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>576309</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
@@ -6958,51 +6958,51 @@
       <x:c r="J95" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>571231</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
@@ -7204,51 +7204,51 @@
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>581247</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7334,57 +7334,57 @@
         <x:v>581248</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -7450,139 +7450,139 @@
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>576311</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>597444</x:v>
+        <x:v>597445</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>597445</x:v>
+        <x:v>597444</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
@@ -7755,51 +7755,51 @@
         <x:v>38197</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>597465</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
@@ -7814,51 +7814,51 @@
       <x:c r="G110" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>581249</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
@@ -7871,51 +7871,51 @@
       <x:c r="G111" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>576315</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
@@ -7930,51 +7930,51 @@
       <x:c r="G112" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>576316</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
@@ -7987,114 +7987,114 @@
       <x:c r="G113" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>13261</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>576317</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595446</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
@@ -8133,133 +8133,133 @@
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>595445</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>595447</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>609451</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
@@ -8410,259 +8410,259 @@
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>576320</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>174</x:v>
-[...2 lines deleted...]
-        <x:v>175</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>598413</x:v>
+        <x:v>591990</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>591990</x:v>
+        <x:v>591991</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>591991</x:v>
+        <x:v>598413</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>13275</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>591992</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38973</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
@@ -9281,209 +9281,210 @@
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>576327</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>597446</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>597447</x:v>
+        <x:v>606792</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>13274</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>606792</x:v>
+        <x:v>597447</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38206</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
@@ -9740,82 +9741,82 @@
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>576330</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="Q144" s="16" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="R144" s="14" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>597459</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -10247,141 +10248,141 @@
       <x:c r="R152" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>597245</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="Q153" s="4" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="R153" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="Q153" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>597247</x:v>
+        <x:v>597246</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>597246</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10566,51 +10567,51 @@
       <x:c r="J158" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>587480</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -10929,51 +10930,51 @@
       <x:c r="I165" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>602492</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -11091,51 +11092,51 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13210</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>611414</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>357</x:v>
@@ -11149,51 +11150,51 @@
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>13210</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>611417</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
@@ -11352,268 +11353,268 @@
       <x:c r="I173" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>610986</x:v>
+        <x:v>610985</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>610982</x:v>
+        <x:v>610983</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>610987</x:v>
+        <x:v>610984</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>610985</x:v>
+        <x:v>610982</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>610983</x:v>
+        <x:v>610987</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -11621,54 +11622,54 @@
         <x:v>358</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>610984</x:v>
+        <x:v>610986</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>