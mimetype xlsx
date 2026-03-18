--- v2 (2026-03-18)
+++ v3 (2026-03-18)
@@ -635,62 +635,62 @@
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil en phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en Dravyaguna et phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Ayur Natur Formations</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/16/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Conseiller en gestion du mental Naturopathe ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Isupnat</x:t>
   </x:si>
   <x:si>
     <x:t>75005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
@@ -800,107 +800,107 @@
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir kinésiologue</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/05/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir professeur de Pilates (Cristiane Domenici Pilates)</x:t>
   </x:si>
   <x:si>
     <x:t>Cristiane Domenici</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>04/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Sophrologue</x:t>
   </x:si>
   <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Drainage lymphatique</x:t>
   </x:si>
   <x:si>
     <x:t>Dubarry Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Uniyoga</x:t>
   </x:si>
   <x:si>
     <x:t>Yoga</x:t>
@@ -1091,56 +1091,56 @@
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique soin corporel</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Introduction à l'herbalisme</x:t>
@@ -1151,152 +1151,152 @@
   <x:si>
     <x:t>Kinésiologie</x:t>
   </x:si>
   <x:si>
     <x:t>La Cour du Bien Etre</x:t>
   </x:si>
   <x:si>
     <x:t>EKTC</x:t>
   </x:si>
   <x:si>
     <x:t>38000</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Surya Formations</x:t>
   </x:si>
   <x:si>
+    <x:t>06/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
-    <x:t>06/23/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>12/14/2026 00:00:00</x:t>
+    <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Le protocole Zénith</x:t>
   </x:si>
   <x:si>
     <x:t>Les bases du massage bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Les massages du monde</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : activité physique adaptée et santé</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive adaptée</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Université de Toulon</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
@@ -1628,59 +1628,59 @@
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Médecine Tradition Chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>IMTC</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2019 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/21/2022 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2030 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Zhong Li</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
@@ -1796,101 +1796,101 @@
   <x:si>
     <x:t>ESN</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Licencié pour motif économique , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathie</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>La Ferme de Beaugensiers</x:t>
   </x:si>
   <x:si>
     <x:t>83210</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BELGENTIER</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Innovnaturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Iffcn</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophihe du yoga</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie gemmothérapie</x:t>
@@ -1934,68 +1934,68 @@
   <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>03/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/13/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en herboristerie</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
@@ -2456,110 +2456,110 @@
   <x:si>
     <x:t>Formation formateur spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie ayuvédique</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Réflexologie auriculaire</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie et gestion des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique d'Etat , Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire traditionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Réfléxologie plantaire</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation du Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>83440</x:t>
   </x:si>
   <x:si>
+    <x:t>04/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Femme</x:t>
   </x:si>
   <x:si>
     <x:t>TOURRETTES</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/08/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>11/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire - Relation d'Aide par le Toucher</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire Zu Dan</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2027 00:00:00</x:t>
@@ -2618,159 +2618,159 @@
   <x:si>
     <x:t>Ecole de sophrologie de Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophro-analyse et mouvements oculaires</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
+    <x:t>Andralian</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75003</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Andralian</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Sophrologie Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrothérapeute</x:t>
   </x:si>
   <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/24/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Sophrotherapie</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spa Prestige aux graines d'entada</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisations en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant , Formateur , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en Hypnose Ericksonienne</x:t>
   </x:si>
   <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>A Fleur de Peau</x:t>
   </x:si>
   <x:si>
     <x:t>Massage esthétique</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien spa et bien-être (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
@@ -3706,51 +3706,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>585296</x:v>
+        <x:v>616378</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>56</x:v>
@@ -3759,51 +3759,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>616378</x:v>
+        <x:v>585296</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>57</x:v>
@@ -5920,100 +5920,100 @@
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>616118</x:v>
+        <x:v>580292</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>580292</x:v>
+        <x:v>616118</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>88</x:v>
@@ -6347,140 +6347,140 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>577530</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>616459</x:v>
+        <x:v>577531</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>577531</x:v>
+        <x:v>616459</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>50</x:v>
@@ -6859,282 +6859,282 @@
         <x:v>215</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>578936</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>617273</x:v>
+        <x:v>546594</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>546593</x:v>
+        <x:v>617273</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="U70" s="16" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>546594</x:v>
+        <x:v>546593</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>587179</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>570661</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7195,51 +7195,51 @@
       <x:c r="K75" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>560937</x:v>
+        <x:v>536412</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>253</x:v>
@@ -7248,373 +7248,373 @@
       <x:c r="K76" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>536412</x:v>
+        <x:v>560937</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>574195</x:v>
+        <x:v>574194</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="H78" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>574194</x:v>
+        <x:v>576826</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>576823</x:v>
+        <x:v>617274</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>576830</x:v>
+        <x:v>576823</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>576826</x:v>
+        <x:v>576830</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>617274</x:v>
+        <x:v>581290</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
@@ -7637,89 +7637,89 @@
       <x:c r="R83" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>576827</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>581290</x:v>
+        <x:v>574195</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
@@ -7979,106 +7979,106 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>576834</x:v>
+        <x:v>576833</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>576835</x:v>
+        <x:v>576834</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -8086,54 +8086,54 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>576833</x:v>
+        <x:v>576835</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
@@ -9014,112 +9014,112 @@
         <x:v>137</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>617275</x:v>
+        <x:v>576840</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>576840</x:v>
+        <x:v>617275</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
@@ -9389,168 +9389,168 @@
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>608293</x:v>
+        <x:v>608296</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>332</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>546861</x:v>
+        <x:v>608293</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>608296</x:v>
+        <x:v>546861</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -10326,315 +10326,315 @@
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>579929</x:v>
+        <x:v>585888</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>353</x:v>
-[...2 lines deleted...]
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="S135" s="0" t="n">
+        <x:v>579929</x:v>
+      </x:c>
+      <x:c r="T135" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="S135" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>359</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>354</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>585888</x:v>
+        <x:v>621804</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>557356</x:v>
+        <x:v>621803</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>353</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>621803</x:v>
+        <x:v>598429</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>598429</x:v>
+        <x:v>557356</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
@@ -10850,222 +10850,222 @@
       <x:c r="L144" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>595440</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="Q145" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="Q145" s="4" t="s">
+      <x:c r="R145" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="R145" s="0" t="s">
+      <x:c r="S145" s="0" t="n">
+        <x:v>606653</x:v>
+      </x:c>
+      <x:c r="T145" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="S145" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>595441</x:v>
+        <x:v>595443</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>390</x:v>
-[...1 lines deleted...]
-      <x:c r="H147" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>606653</x:v>
+        <x:v>595441</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -11075,51 +11075,51 @@
       <x:c r="L148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>595442</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -11242,51 +11242,51 @@
       <x:c r="L151" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>15459</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>595439</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
@@ -12579,145 +12579,145 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>578441</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>616985</x:v>
+        <x:v>510289</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>510289</x:v>
+        <x:v>616985</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
@@ -13402,191 +13402,191 @@
       <x:c r="R193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>510287</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>600431</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>589946</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>600431</x:v>
+        <x:v>589946</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
@@ -13786,208 +13786,208 @@
       <x:c r="I201" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>551217</x:v>
+        <x:v>551218</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>551218</x:v>
+        <x:v>577460</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>577460</x:v>
+        <x:v>551217</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>614398</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>24</x:v>
@@ -14094,107 +14094,107 @@
       <x:c r="I207" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>551207</x:v>
+        <x:v>551208</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>551208</x:v>
+        <x:v>551207</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
@@ -14910,209 +14910,209 @@
       <x:c r="I223" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>551369</x:v>
+        <x:v>551373</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>551373</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>551390</x:v>
+        <x:v>551389</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>551389</x:v>
+        <x:v>551390</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>74</x:v>
@@ -15635,51 +15635,51 @@
       <x:c r="L237" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
@@ -15803,51 +15803,51 @@
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>431392</x:v>
+        <x:v>260397</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>517</x:v>
@@ -15855,51 +15855,51 @@
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>260397</x:v>
+        <x:v>431392</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>524</x:v>
@@ -16115,51 +16115,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>603040</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>58</x:v>
@@ -16907,300 +16907,301 @@
       <x:c r="R261" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>598476</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>598475</x:v>
+        <x:v>576859</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>617942</x:v>
+        <x:v>576860</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>576859</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>617942</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>576860</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
@@ -17263,153 +17264,153 @@
       <x:c r="M268" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>533559</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="I269" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="K269" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
-      <x:c r="I269" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="L269" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="R269" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="S269" s="0" t="n">
+        <x:v>548727</x:v>
+      </x:c>
+      <x:c r="T269" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="U269" s="4" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>548727</x:v>
+        <x:v>597820</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>50</x:v>
@@ -17429,80 +17430,80 @@
       <x:c r="R271" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>548357</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>507977</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>473</x:v>
@@ -17539,229 +17540,229 @@
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>585</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>580115</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>580114</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>588</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="Q276" s="16" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="R276" s="14" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="S276" s="14" t="n">
+        <x:v>587282</x:v>
+      </x:c>
+      <x:c r="T276" s="16" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="U276" s="16" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>587282</x:v>
+        <x:v>574024</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
@@ -17786,110 +17787,110 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>548367</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>586478</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>540642</x:v>
       </x:c>
@@ -18918,140 +18919,140 @@
         <x:v>154</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>586348</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>612768</x:v>
+        <x:v>598478</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>615</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>598478</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
@@ -19071,512 +19072,511 @@
       <x:c r="R303" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>611917</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>572417</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>622</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>616</x:v>
-[...2 lines deleted...]
-        <x:v>617</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>488540</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>490425</x:v>
+        <x:v>488540</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>576872</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>598479</x:v>
+        <x:v>576872</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H309" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>598477</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>612767</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>615</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>616</x:v>
-[...2 lines deleted...]
-        <x:v>617</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>572417</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>576870</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>559</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>58</x:v>
@@ -19584,106 +19584,106 @@
       <x:c r="M313" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>572416</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>613248</x:v>
+        <x:v>576870</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
@@ -20505,110 +20505,110 @@
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>581476</x:v>
+        <x:v>585384</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>639</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>585384</x:v>
+        <x:v>581476</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>638</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>58</x:v>
@@ -20712,110 +20712,110 @@
       <x:c r="K335" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>618116</x:v>
+        <x:v>618117</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>618117</x:v>
+        <x:v>618116</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
@@ -20886,140 +20886,140 @@
         <x:v>643</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>617967</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>587854</x:v>
+        <x:v>610249</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>649</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>649</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>610249</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
@@ -21345,80 +21345,80 @@
       <x:c r="R347" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>572605</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>508016</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>473</x:v>
@@ -21432,51 +21432,51 @@
       <x:c r="M349" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>587284</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
@@ -22329,186 +22329,186 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>529778</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>543790</x:v>
+        <x:v>577227</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>695</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>577227</x:v>
+        <x:v>543790</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>573267</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
@@ -22673,51 +22673,51 @@
       <x:c r="L373" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>569903</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>705</x:v>
       </x:c>
@@ -22983,416 +22983,416 @@
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>602500</x:v>
+        <x:v>602498</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>722</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>602502</x:v>
+        <x:v>602500</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>724</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>551477</x:v>
+        <x:v>602502</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>602501</x:v>
+        <x:v>551477</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>551479</x:v>
+        <x:v>602501</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>551478</x:v>
+        <x:v>551479</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>729</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>602499</x:v>
+        <x:v>551478</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>730</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>624</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>602498</x:v>
+        <x:v>602499</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
@@ -23710,51 +23710,51 @@
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>580163</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
@@ -23812,51 +23812,51 @@
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>580162</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
@@ -23964,51 +23964,51 @@
       <x:c r="L398" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>586571</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
@@ -24736,219 +24736,219 @@
       <x:c r="K413" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>614993</x:v>
+        <x:v>618999</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>795</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>796</x:v>
+        <x:v>718</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>579048</x:v>
+        <x:v>600768</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>795</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>600768</x:v>
+        <x:v>579048</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>797</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>618999</x:v>
+        <x:v>614993</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>718</x:v>
+        <x:v>797</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
@@ -25157,401 +25157,401 @@
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>615219</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
-        <x:v>809</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>587880</x:v>
+        <x:v>542235</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>811</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="S423" s="0" t="n">
+        <x:v>542237</x:v>
+      </x:c>
+      <x:c r="T423" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="S423" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>542236</x:v>
+        <x:v>587880</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>814</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>542235</x:v>
+        <x:v>587879</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>813</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>542237</x:v>
+        <x:v>542236</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>814</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>587882</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
-        <x:v>809</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>587881</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>34</x:v>
@@ -25964,107 +25964,107 @@
       <x:c r="I437" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>551397</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>551401</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>167</x:v>
@@ -26702,141 +26702,140 @@
       <x:c r="R451" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>544372</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>841</x:v>
-[...1 lines deleted...]
-      <x:c r="H452" s="14" t="s"/>
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s">
+        <x:v>850</x:v>
+      </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>842</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>598378</x:v>
+        <x:v>520790</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>851</x:v>
-[...2 lines deleted...]
-        <x:v>852</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="R453" s="0" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="S453" s="0" t="n">
+        <x:v>598378</x:v>
+      </x:c>
+      <x:c r="T453" s="4" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="U453" s="4" t="s">
         <x:v>853</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
@@ -27062,87 +27061,87 @@
         <x:v>859</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>616385</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>865</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>587459</x:v>
+        <x:v>611928</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
@@ -27151,100 +27150,100 @@
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>575827</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>870</x:v>
+        <x:v>867</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>611928</x:v>
+        <x:v>587459</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
@@ -27395,113 +27394,113 @@
       <x:c r="I465" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>580510</x:v>
+        <x:v>580507</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>580507</x:v>
+        <x:v>580510</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>36</x:v>
@@ -27553,363 +27552,363 @@
       <x:c r="K468" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>617960</x:v>
+        <x:v>617962</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>883</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>617961</x:v>
+        <x:v>617960</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>618112</x:v>
+        <x:v>617961</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>618113</x:v>
+        <x:v>618112</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>882</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>618114</x:v>
+        <x:v>618113</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>650</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>610248</x:v>
+        <x:v>618114</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>617962</x:v>
+        <x:v>610248</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>884</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>885</x:v>
+        <x:v>727</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
@@ -28800,415 +28799,415 @@
         <x:v>97</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>555357</x:v>
+        <x:v>555359</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>555359</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>616986</x:v>
+        <x:v>616987</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>617090</x:v>
+        <x:v>617091</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>916</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>616987</x:v>
+        <x:v>616986</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>905</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>617091</x:v>
+        <x:v>617090</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>621268</x:v>
+        <x:v>621269</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>621269</x:v>
+        <x:v>621268</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>918</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
@@ -29260,110 +29259,110 @@
       <x:c r="K501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>621260</x:v>
+        <x:v>621252</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>922</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>621252</x:v>
+        <x:v>621260</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>717</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>