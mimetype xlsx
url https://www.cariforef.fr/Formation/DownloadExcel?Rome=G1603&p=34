--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -584,57 +584,57 @@
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>Tkl Forma</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barista condensée</x:t>
   </x:si>
   <x:si>
     <x:t>La Claque Café Ecole - CQFD (Coffee + Quality Food et Drinks)</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Café brasserie</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barman</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
@@ -6017,93 +6017,93 @@
         <x:v>607928</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>507268</x:v>
+        <x:v>496810</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -6113,412 +6113,413 @@
       <x:c r="K67" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>469562</x:v>
+        <x:v>556284</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>65</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>556284</x:v>
+        <x:v>607401</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>607401</x:v>
+        <x:v>446994</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>446994</x:v>
+        <x:v>448268</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>448268</x:v>
+        <x:v>501426</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="H72" s="14" t="s"/>
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>501426</x:v>
+        <x:v>469562</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37909</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>496810</x:v>
+        <x:v>507268</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
@@ -11708,51 +11709,51 @@
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>496848</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
@@ -13934,220 +13935,219 @@
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>553259</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>37554</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="14" t="s"/>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>605953</x:v>
+        <x:v>446865</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-        <x:v>58</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>547726</x:v>
+        <x:v>605953</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>37554</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>446865</x:v>
+        <x:v>547726</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -17986,333 +17986,333 @@
         <x:v>547262</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>455026</x:v>
+        <x:v>567951</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>567951</x:v>
+        <x:v>455026</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>284</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>498620</x:v>
+        <x:v>494774</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>498625</x:v>
+        <x:v>498620</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="H276" s="14" t="s"/>
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>494774</x:v>
+        <x:v>498625</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -18923,51 +18923,51 @@
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42725</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>547457</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>35317</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>176</x:v>