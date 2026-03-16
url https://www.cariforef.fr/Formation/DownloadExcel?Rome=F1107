--- v0 (2026-01-30)
+++ v1 (2026-03-16)
@@ -200,68 +200,68 @@
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Topographie</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Golf-Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Golf-Hôtel</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro géomètre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
@@ -419,84 +419,84 @@
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Géomètre topographe d'entreprise du bâtiment et des travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel géomètre topographe d'entreprise du bâtiment et des travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Domaine d'Eguilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CFTP</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2027 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>07/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1179,51 +1179,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>597567</x:v>
+        <x:v>597568</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39269</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -1233,51 +1233,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>597568</x:v>
+        <x:v>597567</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39269</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -1428,51 +1428,51 @@
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>550444</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>37707</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>11067</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>65</x:v>
@@ -1482,51 +1482,51 @@
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>595691</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>37707</x:v>
+        <x:v>41848</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>11067</x:v>
@@ -2161,265 +2161,266 @@
         <x:v>509271</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>546175</x:v>
+        <x:v>515761</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>515761</x:v>
+        <x:v>601726</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>498973</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37100</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12225</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>601726</x:v>
+        <x:v>546175</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 