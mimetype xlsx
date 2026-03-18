--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -248,131 +248,131 @@
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de production audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Production spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Piloter la production dans le spectacle vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maîtriser la stratégie de diffusion d'un spectacle : du ciblage à la négociation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sécuriser la rédaction du contrat de cession</x:t>
   </x:si>
   <x:si>
-    <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'anglais professionnel pour la production de spectacle</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Anglais appliqué</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Piloter la production dans le spectacle vivant</x:t>
-[...14 lines deleted...]
-    <x:t>11/16/2026 00:00:00</x:t>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Distribuer sa musique en ligne : stratégies et leviers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piloter la production et le booking dans le spectacle vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sécuriser l'exploitation d'une oeuvre : droits d'auteur et spectacle vivant</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Piloter la production et le booking dans le spectacle vivant</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Art spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
@@ -383,69 +383,69 @@
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Pilotage, coordination et gestion d'un projet artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom'Art</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Produire un spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention direction de projets ou établissements culturels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique culturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention direction de projets ou établissements culturels parcours administration des institutions culturelles</x:t>
   </x:si>
   <x:si>
-    <x:t>Politique culturelle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>CPAG</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention direction de projets ou établissements culturels parcours management et droit des organisations et des manifestations culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut de Management Public et Gouvernance Territoriale</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
@@ -1282,428 +1282,428 @@
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>612122</x:v>
+        <x:v>612133</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>15214</x:v>
+        <x:v>45052</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>612216</x:v>
+        <x:v>612205</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>68</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>612133</x:v>
+        <x:v>612122</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>45052</x:v>
+        <x:v>15214</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>612205</x:v>
+        <x:v>612216</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>45052</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>612213</x:v>
+        <x:v>612107</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>617419</x:v>
+        <x:v>612140</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>32096</x:v>
+        <x:v>45052</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>612107</x:v>
+        <x:v>617419</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>612140</x:v>
+        <x:v>612213</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39264</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -1825,51 +1825,51 @@
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>616257</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
@@ -1883,250 +1883,249 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>616258</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39294</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="P19" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="P19" s="0" t="s">
+      <x:c r="Q19" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>577308</x:v>
+        <x:v>592091</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39294</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>109</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592091</x:v>
+        <x:v>577308</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39294</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>592089</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39294</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>592090</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
@@ -2139,51 +2138,51 @@
       <x:c r="G23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>575031</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>