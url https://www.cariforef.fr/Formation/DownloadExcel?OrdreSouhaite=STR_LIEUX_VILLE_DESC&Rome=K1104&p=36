--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -311,80 +311,80 @@
   <x:si>
     <x:t>Autisme, TSA : Evaluation du comportement verbal à partir du VB-MAPP</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUTISME : TSA - Comprendre, prévenir et gérer les comportements problématiques</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA sans TDI : grille aswi - evaluer pour favoriser l'inclusion professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TDAH adulte : psychopathologie du tdah et stratégies d'accompagnement</x:t>
   </x:si>
   <x:si>
+    <x:t>Autisme, TSA : Evaluation de la douleur à l'aide de la grille GED-DI modifiée</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autisme, TSA sans TDI ou TDI léger : Comprendre et accompagner l’étape de la sexualité</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adapter les temps périscolaires aux besoins spécifiques de l'enfant présentant des troubles du neuro-développement (TND)</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Troubles du neuro-développement (TND): Programme de psychoéducation et de remédiation cognitive de l’attention et des fonctions exécutives</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Accompagner la fratrie</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Autisme, TSA : Evaluation de la douleur à l'aide de la grille GED-DI modifiée</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Autisme, TSA : Pratique et outils pour ancrer l’éducation structurée dans l’accompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Stimuler le développement avec des activités sonores et musicales adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Intervention auprès des enfants présentant un TDI sévère (3-12 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Base et outils pour un accompagnement adapté aux adultes</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : La santé bucco-dentaire dans l'accompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA sans déficience intellectuelle : le développement des habiletés sociales des personnes verbales et lectrices</x:t>
@@ -470,86 +470,86 @@
   <x:si>
     <x:t>Le langage des émotions - Communication relée</x:t>
   </x:si>
   <x:si>
     <x:t>Eloïse Mercier</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Développement professionnel et personnel</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Psycho-Analyste Clinicien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Privé Jacquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psycho-Analyste en Thérapies Brèves</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Privé Jacquet</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>11/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Psycho-Analyste Clinicien</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
@@ -581,110 +581,110 @@
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arche Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Eki-Vie - Harmonika</x:t>
   </x:si>
   <x:si>
     <x:t>78730</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Patricia Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université troubles du spectre de l'autisme pratiques d'intervention, d'accompagnement et d'inclusion au cours de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
@@ -884,77 +884,77 @@
   <x:si>
     <x:t>Réservée aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en psychothérapie - 1ére année</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialiste en accompagnement psycho-affectif et relationnel</x:t>
   </x:si>
   <x:si>
     <x:t>Applications pratiques de l’accompagnement en sexologie relationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique hospitalière , Enseignant , Formateur , Profession libérale , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Approche systémique appliquée à l’accompagnement thérapeutique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi , Enseignant , Formateur , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Approche systémique appliquée à l’accompagnement thérapeutique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Spécialiste en technique d’entretien et d’accompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techniques d’accompagnement psychologique individuel</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Arnaud Sebal</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestalt praticien post nouveau-départ</x:t>
@@ -1079,65 +1079,65 @@
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neurothérapie par Biofeedback-Neurofeedback</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Biofeedback-Neurofeedback</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>04/30/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/30/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>U Man Training</x:t>
   </x:si>
   <x:si>
     <x:t>74460</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
@@ -1187,71 +1187,71 @@
   <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en accompagnement au changement et la gestion du stress par l'hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>Transe-Formations</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose thérapeutique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art-thérapeute en mouvement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Art-thérapeute</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Art-thérapeute en mouvement</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Acquérir des compétences en art-thérapie / Danse-thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Alteractifs</x:t>
   </x:si>
   <x:si>
     <x:t>75009</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAUNEUF-DE-GADAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
@@ -1466,188 +1466,188 @@
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>certificat d'aptitude aux fonctions de psychologue de l'éducation nationale spécialité éducation, développement et conseil en orientation scolaire et professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>Psychologie clinique et psychopathologie de l'adulte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFPP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en hypnose ericksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Leadership Expansion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>38000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en psychotraumatologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PSYCHOPRATICIEN EPC 2ème année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Psychologie Clinique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPC</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EFPP 1ère année</x:t>
   </x:si>
   <x:si>
-    <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maître praticien communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>Metathesis Psynaps</x:t>
   </x:si>
   <x:si>
     <x:t>69100</x:t>
   </x:si>
   <x:si>
-    <x:t>Psychologie clinique et psychopathologie de l'adulte</x:t>
-[...23 lines deleted...]
-    <x:t>EPC</x:t>
+    <x:t>Ateliers psychopraticien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en Analyse Transactionnelle EFPP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse transactionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bases en ennéagramme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Évaluation personnalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maître praticien communication PNL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en ennéagramme</x:t>
   </x:si>
   <x:si>
     <x:t>Test psychologique</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découvrir l'analyse transactionnelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Analyse transactionnelle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Psychopraticien EPC 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EFPP (2 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
-    <x:t>07/12/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnose enfants et adolescents</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EPC 3ème année</x:t>
   </x:si>
   <x:si>
     <x:t>05/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien EFPP 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychanalyste EFPP ( 2 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
@@ -1721,99 +1721,99 @@
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aide à la parentalité EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention psychologie parcours psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adopter une posture professionnelle de praticien en psychothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique hospitalière , Profession libérale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La parole aux émotions : Professionnaliser sa pratique d’accompagnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Profession libérale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hypnose et stratégies d'accompagnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychanalyste EFPP 2ème  année</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Adopter une posture professionnelle de praticien en psychothérapie</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>PARCOURS THERAPIE DE COUPLE ET SEXOTHERAPIE EFPP</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CNV (Communication Non Violente) module 2</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagner des personnes aux troubles invisibles (TSLA / troubles des apprentissages DYS, TDA/H, HPI, TSA)</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie parcours ergonomie : facteurs humains et ingénierie des systèmes d'information</x:t>
   </x:si>
@@ -3500,349 +3500,349 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>616642</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>585153</x:v>
+        <x:v>616646</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>585169</x:v>
+        <x:v>616648</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>585181</x:v>
+        <x:v>585153</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>43048</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>608554</x:v>
+        <x:v>585169</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>616646</x:v>
+        <x:v>585181</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43048</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>616648</x:v>
+        <x:v>608554</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
@@ -4104,51 +4104,51 @@
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>585177</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
@@ -4214,51 +4214,51 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>584902</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>43048</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
@@ -4670,164 +4670,164 @@
       <x:c r="K45" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>572411</x:v>
+        <x:v>572413</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>572418</x:v>
+        <x:v>572411</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>572413</x:v>
+        <x:v>572418</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>137</x:v>
@@ -4898,51 +4898,51 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>490425</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
@@ -4953,51 +4953,51 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>491339</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
@@ -5005,51 +5005,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>572409</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
@@ -5167,103 +5167,103 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>572417</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>572407</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
@@ -5274,51 +5274,51 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>491340</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
@@ -5326,158 +5326,158 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>491387</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>587188</x:v>
+        <x:v>491388</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>491388</x:v>
+        <x:v>587188</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
@@ -5488,95 +5488,95 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>606161</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>572415</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
@@ -5585,51 +5585,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>14406</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>616424</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -5639,51 +5639,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>591978</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -5701,922 +5701,923 @@
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>163</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>591979</x:v>
+        <x:v>580512</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>576838</x:v>
+        <x:v>598450</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="R67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>580512</x:v>
+        <x:v>576838</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>598450</x:v>
+        <x:v>611920</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>611920</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>612768</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="R72" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="R72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>580519</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>611917</x:v>
+        <x:v>580514</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="R74" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="R74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>580514</x:v>
+        <x:v>598477</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="K75" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="L75" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="M75" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="N75" s="3" t="n">
+        <x:v>14454</x:v>
+      </x:c>
+      <x:c r="O75" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P75" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="R75" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="K75" s="0" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>579942</x:v>
+        <x:v>576819</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>194</x:v>
-[...1 lines deleted...]
-      <x:c r="C76" s="15" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="n">
+        <x:v>39025</x:v>
+      </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="J76" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="K76" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="L76" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M76" s="14" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="N76" s="15" t="n">
+        <x:v>14454</x:v>
+      </x:c>
+      <x:c r="O76" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P76" s="14" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="R76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="J76" s="14" t="s"/>
-[...23 lines deleted...]
-      </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>580511</x:v>
+        <x:v>591979</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>162</x:v>
-[...2 lines deleted...]
-        <x:v>197</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>612503</x:v>
+        <x:v>579942</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>612509</x:v>
+        <x:v>580511</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>598477</x:v>
+        <x:v>612503</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>576869</x:v>
+        <x:v>612509</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>576819</x:v>
+        <x:v>576869</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
@@ -6628,100 +6629,100 @@
       <x:c r="J82" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>590159</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I83" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q83" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="Q83" s="4" t="s">
+      <x:c r="R83" s="0" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -6732,51 +6733,51 @@
         <x:v>106</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>576851</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -6786,308 +6787,308 @@
       <x:c r="J85" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>591980</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>579550</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>575803</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q88" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="Q88" s="16" t="s">
+      <x:c r="R88" s="14" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>579510</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>598442</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -7100,51 +7101,51 @@
       <x:c r="J91" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>583214</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -7153,100 +7154,100 @@
         <x:v>182</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>612763</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I93" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q93" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="Q93" s="4" t="s">
+      <x:c r="R93" s="0" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
@@ -9466,92 +9467,92 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>581199</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>588283</x:v>
+        <x:v>588284</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>224</x:v>
@@ -9559,1231 +9560,1231 @@
       <x:c r="K137" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>43079</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>588468</x:v>
+        <x:v>588469</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>43079</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>619001</x:v>
+        <x:v>602683</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>43079</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>588469</x:v>
+        <x:v>618993</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>602681</x:v>
+        <x:v>619001</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>598438</x:v>
+        <x:v>588283</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>43079</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>602683</x:v>
+        <x:v>588468</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>618993</x:v>
+        <x:v>602681</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>614994</x:v>
+        <x:v>598438</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>598836</x:v>
+        <x:v>614994</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>44587</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>588284</x:v>
+        <x:v>598836</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>611669</x:v>
+        <x:v>588287</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>588287</x:v>
+        <x:v>605275</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>576549</x:v>
+        <x:v>615209</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>14469</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>576551</x:v>
+        <x:v>611194</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>611194</x:v>
+        <x:v>611195</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>611195</x:v>
+        <x:v>614991</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>614991</x:v>
+        <x:v>614993</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>614993</x:v>
+        <x:v>577221</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>605275</x:v>
+        <x:v>611669</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>615209</x:v>
+        <x:v>619002</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>14469</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>619002</x:v>
+        <x:v>615232</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>577221</x:v>
+        <x:v>576549</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14469</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>615232</x:v>
+        <x:v>576551</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
@@ -11756,159 +11757,159 @@
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>567207</x:v>
+        <x:v>572372</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>572372</x:v>
+        <x:v>583275</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>583275</x:v>
+        <x:v>567207</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
@@ -12763,145 +12764,145 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>546492</x:v>
+        <x:v>583218</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>586347</x:v>
+        <x:v>586348</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
@@ -12924,251 +12925,250 @@
       <x:c r="R201" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>611592</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>367</x:v>
-[...1 lines deleted...]
-      <x:c r="H202" s="14" t="s"/>
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s">
+        <x:v>360</x:v>
+      </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>583216</x:v>
+        <x:v>574091</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>583218</x:v>
+        <x:v>546492</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>586348</x:v>
+        <x:v>586347</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
-        <x:v>359</x:v>
-[...2 lines deleted...]
-        <x:v>360</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>574091</x:v>
+        <x:v>583216</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
@@ -13987,51 +13987,51 @@
       <x:c r="M222" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>618114</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>120</x:v>
@@ -14097,51 +14097,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>618116</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>34526</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>14426</x:v>
@@ -14151,51 +14151,51 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>469326</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>34526</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>120</x:v>
@@ -14208,198 +14208,199 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>569144</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>598453</x:v>
+        <x:v>598480</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>377</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>421</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>584639</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="C229" s="3" t="s"/>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="C229" s="3" t="n">
+        <x:v>41659</x:v>
+      </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="J229" s="0" t="s">
+        <x:v>169</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>598480</x:v>
+        <x:v>584639</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
@@ -14416,51 +14417,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>598445</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>41659</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>14426</x:v>
@@ -14470,51 +14471,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>578914</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>41659</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>120</x:v>
@@ -14833,145 +14834,145 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>598671</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>535893</x:v>
+        <x:v>495568</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>441</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>495568</x:v>
+        <x:v>535893</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>109</x:v>
@@ -15185,51 +15186,51 @@
       <x:c r="M245" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>591989</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
@@ -15246,204 +15247,203 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>595838</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>39023</x:v>
+        <x:v>39025</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>592013</x:v>
+        <x:v>591981</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>459</x:v>
-[...1 lines deleted...]
-      <x:c r="C248" s="15" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C248" s="15" t="n">
+        <x:v>39023</x:v>
+      </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="J248" s="14" t="s"/>
+      <x:c r="J248" s="14" t="s">
+        <x:v>169</x:v>
+      </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>595857</x:v>
+        <x:v>592013</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="J249" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>591981</x:v>
+        <x:v>595857</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -15456,51 +15456,51 @@
       <x:c r="M250" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -15510,51 +15510,51 @@
       <x:c r="M251" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -15567,51 +15567,51 @@
       <x:c r="M252" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>120</x:v>
@@ -15624,1633 +15624,1633 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>598444</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>172</x:v>
-[...1 lines deleted...]
-      <x:c r="H254" s="14" t="s"/>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s">
+        <x:v>467</x:v>
+      </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>579932</x:v>
+        <x:v>602519</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>467</x:v>
-[...2 lines deleted...]
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>570533</x:v>
+        <x:v>599342</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>472</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>467</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>14456</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>587856</x:v>
+        <x:v>610014</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="I257" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="I257" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>602519</x:v>
+        <x:v>610026</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>599342</x:v>
+        <x:v>579932</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H259" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H259" s="0" t="s">
+      <x:c r="I259" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>610014</x:v>
+        <x:v>570533</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="H260" s="14" t="s">
+      <x:c r="H260" s="14" t="s"/>
+      <x:c r="I260" s="16" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>610026</x:v>
+        <x:v>587856</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>14492</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>618067</x:v>
+        <x:v>615327</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>396</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>467</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>14498</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>618101</x:v>
+        <x:v>615401</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>481</x:v>
-[...2 lines deleted...]
-        <x:v>482</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>615098</x:v>
+        <x:v>617954</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>467</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>616409</x:v>
+        <x:v>617961</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>467</x:v>
-[...2 lines deleted...]
-        <x:v>468</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>15020</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>616414</x:v>
+        <x:v>617976</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>493</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>496</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>575648</x:v>
+        <x:v>576853</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>498</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>494</x:v>
-[...2 lines deleted...]
-        <x:v>495</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>496</x:v>
-[...2 lines deleted...]
-        <x:v>164</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>575652</x:v>
+        <x:v>586222</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>499</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>494</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>496</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14492</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>575693</x:v>
+        <x:v>618067</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>14498</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>617954</x:v>
+        <x:v>618101</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>396</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>476</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>617961</x:v>
+        <x:v>615098</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>15020</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>617976</x:v>
+        <x:v>616409</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>15004</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>576853</x:v>
+        <x:v>616414</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>506</x:v>
-[...1 lines deleted...]
-      <x:c r="C273" s="3" t="s"/>
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="C273" s="3" t="n">
+        <x:v>38991</x:v>
+      </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="J273" s="0" t="s">
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>15013</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>586222</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>508</x:v>
-[...1 lines deleted...]
-      <x:c r="C274" s="15" t="s"/>
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="C274" s="15" t="n">
+        <x:v>38989</x:v>
+      </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>469</x:v>
-[...1 lines deleted...]
-      <x:c r="J274" s="14" t="s"/>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="J274" s="14" t="s">
+        <x:v>164</x:v>
+      </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>14498</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>615401</x:v>
+        <x:v>575652</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>509</x:v>
-[...1 lines deleted...]
-      <x:c r="C275" s="3" t="s"/>
+        <x:v>510</x:v>
+      </x:c>
+      <x:c r="C275" s="3" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="J275" s="0" t="s">
+        <x:v>164</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>615327</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H276" s="14" t="s">
+      <x:c r="I276" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>570551</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>587865</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>572202</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H279" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H279" s="0" t="s">
+      <x:c r="I279" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>612472</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>615589</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H281" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H281" s="0" t="s">
+      <x:c r="I281" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>543383</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H282" s="14" t="s">
+      <x:c r="I282" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>14498</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>559481</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H283" s="0" t="s">
+      <x:c r="I283" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>559513</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
@@ -17277,137 +17277,137 @@
         <x:v>106</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>576820</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I285" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q285" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>618150</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q286" s="16" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>581476</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
@@ -17481,1023 +17481,1023 @@
         <x:v>397</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>617973</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H289" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H289" s="0" t="s">
+      <x:c r="I289" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>621514</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H290" s="14" t="s">
+      <x:c r="I290" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>563338</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I291" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q291" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>580510</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H292" s="14" t="s">
+      <x:c r="I292" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>570535</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H293" s="0" t="s">
+      <x:c r="I293" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>570537</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H294" s="14" t="s">
+      <x:c r="I294" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>570538</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>587855</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>587859</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I297" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q297" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>599685</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q298" s="16" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>599687</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H299" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H299" s="0" t="s">
+      <x:c r="I299" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>621512</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H300" s="14" t="s">
+      <x:c r="I300" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>570534</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>587757</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>587854</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>587858</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H304" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H304" s="14" t="s">
+      <x:c r="I304" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>602515</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H305" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H305" s="0" t="s">
+      <x:c r="I305" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>602518</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>615371</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38989</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>575690</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
@@ -18636,244 +18636,244 @@
         <x:v>397</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>617974</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H311" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H311" s="0" t="s">
+      <x:c r="I311" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14420</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>612668</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>581256</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H313" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H313" s="0" t="s">
+      <x:c r="I313" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>602514</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H314" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H314" s="14" t="s">
+      <x:c r="I314" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>602517</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>396</x:v>
@@ -18905,1253 +18905,1252 @@
       <x:c r="R315" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>617960</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H316" s="14" t="s">
+      <x:c r="I316" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>621516</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>15020</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>617975</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H318" s="14" t="s">
+      <x:c r="I318" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>570540</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H319" s="0" t="s">
+      <x:c r="I319" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>602522</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H320" s="14" t="s">
+      <x:c r="I320" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>529895</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H321" s="0" t="s">
+      <x:c r="I321" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>563332</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>15013</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>587860</x:v>
+        <x:v>617962</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H323" s="0" t="s">
+      <x:c r="I323" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>563337</x:v>
+        <x:v>567975</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H324" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H324" s="14" t="s">
+      <x:c r="I324" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>14475</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>570536</x:v>
+        <x:v>603458</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H325" s="0" t="s">
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>598452</x:v>
+        <x:v>603508</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>396</x:v>
-[...1 lines deleted...]
-      <x:c r="H326" s="14" t="s"/>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="H326" s="14" t="s">
+        <x:v>476</x:v>
+      </x:c>
       <x:c r="I326" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>15013</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>617957</x:v>
+        <x:v>598148</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>467</x:v>
-[...2 lines deleted...]
-        <x:v>468</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>603458</x:v>
+        <x:v>580520</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H328" s="14" t="s">
+      <x:c r="I328" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
-        <x:v>558</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>14454</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>603508</x:v>
+        <x:v>570541</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H329" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H329" s="0" t="s">
+      <x:c r="I329" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
-        <x:v>14456</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>588299</x:v>
+        <x:v>518534</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>172</x:v>
-[...1 lines deleted...]
-      <x:c r="H330" s="14" t="s"/>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H330" s="14" t="s">
+        <x:v>467</x:v>
+      </x:c>
       <x:c r="I330" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>14475</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>580520</x:v>
+        <x:v>529898</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>467</x:v>
-[...2 lines deleted...]
-        <x:v>468</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>570541</x:v>
+        <x:v>587860</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H332" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H332" s="14" t="s">
+      <x:c r="I332" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>518534</x:v>
+        <x:v>563337</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H333" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H333" s="0" t="s">
+      <x:c r="I333" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>14475</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>529898</x:v>
+        <x:v>570536</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>480</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>481</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>611700</x:v>
+        <x:v>598452</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H335" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>598148</x:v>
+        <x:v>611700</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>564</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>576866</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>15013</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>617962</x:v>
+        <x:v>617957</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H338" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H338" s="14" t="s">
+      <x:c r="I338" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14456</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>567975</x:v>
+        <x:v>588299</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>120</x:v>
@@ -20222,785 +20221,785 @@
         <x:v>397</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>617965</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="I341" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="Q341" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>585384</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H342" s="14" t="s">
+      <x:c r="I342" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>603516</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>599341</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>575691</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>39025</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>575712</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H346" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H346" s="14" t="s">
+      <x:c r="I346" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>621510</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H347" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H347" s="0" t="s">
+      <x:c r="I347" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>615400</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>586218</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H349" s="0" t="s">
+      <x:c r="I349" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>543148</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H350" s="14" t="s">
+      <x:c r="I350" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>559514</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H351" s="0" t="s">
+      <x:c r="I351" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>559515</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H352" s="14" t="s">
+      <x:c r="I352" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>559483</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>574648</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H354" s="14" t="s">
+      <x:c r="I354" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>570539</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
@@ -21016,84 +21015,84 @@
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>618086</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>598330</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>177</x:v>
@@ -21125,131 +21124,131 @@
       <x:c r="R357" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H358" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H358" s="14" t="s">
+      <x:c r="I358" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>608175</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H359" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H359" s="0" t="s">
+      <x:c r="I359" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>602528</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
@@ -21489,87 +21488,87 @@
         <x:v>106</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>576839</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>15013</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>586219</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I366" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>107</x:v>
@@ -21593,410 +21592,410 @@
         <x:v>106</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>576870</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>599337</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H368" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H368" s="14" t="s">
+      <x:c r="I368" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>544664</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>496</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H370" s="14" t="s">
+      <x:c r="I370" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>15044</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>617596</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H371" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H371" s="0" t="s">
+      <x:c r="I371" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>14456</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>563244</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H372" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H372" s="14" t="s">
+      <x:c r="I372" s="16" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>14414</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>563331</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="H373" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="H373" s="0" t="s">
+      <x:c r="I373" s="4" t="s">
         <x:v>468</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>469</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>14435</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>579475</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">