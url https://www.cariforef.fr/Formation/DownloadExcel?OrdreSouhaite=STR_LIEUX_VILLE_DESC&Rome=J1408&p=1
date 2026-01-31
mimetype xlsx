--- v0 (2025-10-14)
+++ v1 (2026-01-31)
@@ -191,66 +191,66 @@
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation en Ostéopathie du Grand Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>IFO-GA</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2021 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'ostéopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Iops Eurostéo</x:t>
   </x:si>
   <x:si>
     <x:t>13590</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège ostéopathique</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Collège ostéopathique de Provence</x:t>
   </x:si>
@@ -920,51 +920,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>546687</x:v>
+        <x:v>574197</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>34258</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
@@ -1036,51 +1036,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>574197</x:v>
+        <x:v>546687</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>48</x:v>