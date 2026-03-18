--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -806,54 +806,54 @@
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Robert Schuman</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>LP Ch Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13632</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Privat</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
@@ -2832,213 +2832,214 @@
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>514444</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>588513</x:v>
+        <x:v>547830</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>547830</x:v>
+        <x:v>623309</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>623309</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -4473,154 +4474,153 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>491064</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>547758</x:v>
+        <x:v>623305</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>623305</x:v>
+        <x:v>547758</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -11585,108 +11585,108 @@
       <x:c r="K176" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>587947</x:v>
+        <x:v>491868</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>491868</x:v>
+        <x:v>587947</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
@@ -11875,172 +11875,172 @@
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>604374</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>4935</x:v>
+        <x:v>37601</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>455034</x:v>
+        <x:v>498645</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>37601</x:v>
+        <x:v>4935</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23617</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>498645</x:v>
+        <x:v>455034</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37601</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>142</x:v>