--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -245,77 +245,77 @@
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien constructeur bois</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Charpente bois</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sculpture bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>bac pro interventions sur le patrimoine bâti option A maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Maçonnerie</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CAP arts du bois option marqueteur</x:t>
   </x:si>
   <x:si>
     <x:t>Marqueterie</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA La Cabucelle</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
@@ -389,57 +389,57 @@
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option marqueteur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option A Sculpteur ornémaniste</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Arts du bois - Option C marqueteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Arts du bois - Option A sculpteur ornémaniste</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Arts du bois - Option C Marqueteur</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>CAP Arts du bois - Option A sculpteur ornémaniste</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France</x:t>
   </x:si>
   <x:si>
     <x:t>AOCDTF</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ouvrière des Compagnons du Devoir du Tour de France - Antenne Marseille - CFA Régional des Compagnons du Devoir Paca</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
@@ -1828,193 +1828,193 @@
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>594270</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>22334</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>595922</x:v>
+        <x:v>595565</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>37301</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>45096</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>595565</x:v>
+        <x:v>595922</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>595567</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
@@ -2047,79 +2047,79 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>596264</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>595923</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
@@ -2260,126 +2260,126 @@
       <x:c r="H18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>455423</x:v>
+        <x:v>609701</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>609701</x:v>
+        <x:v>455423</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -2837,51 +2837,51 @@
       <x:c r="G28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>556747</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
@@ -2956,51 +2956,51 @@
       <x:c r="G30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>572148</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
@@ -3025,173 +3025,173 @@
       <x:c r="K31" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>572149</x:v>
+        <x:v>552664</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>45591</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>552664</x:v>
+        <x:v>552666</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>552666</x:v>
+        <x:v>572149</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>111</x:v>
@@ -3801,79 +3801,79 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>548375</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>595564</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
@@ -4840,91 +4840,91 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>596261</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>41837</x:v>
+        <x:v>37308</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>594216</x:v>
+        <x:v>592100</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>41867</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
@@ -4951,213 +4951,213 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>620456</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>37308</x:v>
+        <x:v>41837</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>592100</x:v>
+        <x:v>594216</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>548328</x:v>
+        <x:v>603996</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>603996</x:v>
+        <x:v>548328</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -5928,104 +5928,104 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>502057</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>37238</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>502017</x:v>
+        <x:v>604265</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -6035,115 +6035,115 @@
       <x:c r="K83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>604265</x:v>
+        <x:v>552882</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>552882</x:v>
+        <x:v>604266</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -6156,115 +6156,115 @@
       <x:c r="K85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>604266</x:v>
+        <x:v>552881</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>552881</x:v>
+        <x:v>502017</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6739,148 +6739,148 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>594277</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>471</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>493600</x:v>
+        <x:v>460657</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>41867</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>594275</x:v>
+        <x:v>493600</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
@@ -6907,247 +6907,247 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>543657</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>41866</x:v>
+        <x:v>41867</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>594253</x:v>
+        <x:v>594275</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>90</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>41866</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>493627</x:v>
+        <x:v>594253</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>460657</x:v>
+        <x:v>493627</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>595921</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -7282,114 +7282,114 @@
       <x:c r="K105" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>519386</x:v>
+        <x:v>543663</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>543663</x:v>
+        <x:v>519386</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8314,57 +8314,57 @@
       <x:c r="K123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>603287</x:v>
+        <x:v>603285</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -8430,57 +8430,57 @@
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>603285</x:v>
+        <x:v>548231</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
@@ -8489,54 +8489,54 @@
       <x:c r="K126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>548231</x:v>
+        <x:v>603287</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -8662,57 +8662,57 @@
       <x:c r="K129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>603226</x:v>
+        <x:v>603224</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -8721,114 +8721,114 @@
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>503276</x:v>
+        <x:v>603226</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>603224</x:v>
+        <x:v>503276</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9367,159 +9367,159 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>603157</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>603145</x:v>
+        <x:v>503180</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>548420</x:v>
+        <x:v>603145</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
@@ -9528,114 +9528,114 @@
       <x:c r="K144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>548421</x:v>
+        <x:v>548420</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>503180</x:v>
+        <x:v>548421</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>