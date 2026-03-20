--- v1 (2026-03-20)
+++ v2 (2026-03-20)
@@ -383,71 +383,71 @@
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>ASSO GAP AERO TALLARD HAUTES ALPES</x:t>
   </x:si>
   <x:si>
     <x:t>05130</x:t>
   </x:si>
   <x:si>
     <x:t>master mention instrumentation, mesure, métrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Mesure optique</x:t>
   </x:si>
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en optimisation des systèmes énergétiques (MS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Mines Paris - PSL - Campus de Sophia-Antipolis </x:t>
+  </x:si>
+  <x:si>
+    <x:t>06904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques décision</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>mastère spé. MAPMOD : Digital Materials and Advanced Processes Modelling</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">Mines Paris - PSL - Campus de Sophia-Antipolis </x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Recherche développement</x:t>
   </x:si>
   <x:si>
-    <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>mastère spé. énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. Aerospace Project Management (ISAE-SUPAERO - ENAC - EAE)</x:t>
   </x:si>
   <x:si>
     <x:t>École de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Construction aérospatiale</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie des systèmes complexes (Contrat de Professionnalisation)</x:t>
@@ -554,104 +554,104 @@
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé du CESI</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Paris Nanterre</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>Éco-industrie</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences du vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bio-informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention chimie moléculaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pharmacologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
-    <x:t>Bio-informatique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>master mention électronique, énergie électrique, automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Électronique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en digitalisation et exploitation des bâtiments</x:t>
   </x:si>
   <x:si>
     <x:t>Wedge Academy</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur d'agriculture Rhône-Alpes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Isara</x:t>
   </x:si>
   <x:si>
     <x:t>69007</x:t>
   </x:si>
   <x:si>
     <x:t>Environnement aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Isara - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
@@ -737,152 +737,152 @@
   <x:si>
     <x:t>Master mention mécanique parcours fluids et solids</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique théorique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité systèmes numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie des procédés et des bio-procédés parcours génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité microélectronique et télécommunications</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention mécanique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours ingénierie des matériaux et nanotechnologies</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention mécanique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité mesures physiques parcours matériaux et contrôles physico-chimiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention chimie parcours analyse chimique et spectroscopie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours analyse et contrôle des systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours microcapteurs et microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention traitement du signal et des images</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention chimie parcours synthèse organique - applications et procédés innovants</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention électronique, énergie électrique, automatique parcours réseaux électriques bâtiments industries intelligents</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention traitement du signal et des images</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité microélectronique et télécommunications</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours instrumentation des moyens d'essai</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mécanique parcours feux et ingénierie de la sécurité incendie</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l’université d’Aix-Marseille spécialité écologie industrielle et environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Écologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention mécanique parcours aéronautique et transport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention électronique, énergie électrique, automatique parcours rurveillance et sûreté des systèmes par analyse de données</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l’université d’Aix-Marseille spécialité écologie industrielle et environnement</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Marseille - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet en ingénierie numérique dans l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet industriel</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet en ingénierie numérique dans l'industrie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention biodiversité, écologie et évolution</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>master mention nanosciences et nanotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie</x:t>
@@ -902,83 +902,83 @@
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : ergonomie du sport et performance motrice</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention neurosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Éthologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention biologie intégrative et physiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie végétale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences cognitives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences cognitives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité matériaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biochimie</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention réseaux et télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Protocole télécommunication</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention neurosciences</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
   </x:si>
   <x:si>
     <x:t>Manager marketing et développement de solutions innovantes pour les industries et technologies de santé (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>DU préparation des maîtres ès sciences à l'insertion et à la créativité en entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Innovation entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>master mention microbiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Laboratoire analyse agroalimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. innovation, transformation, entrepreneuriat</x:t>
@@ -1064,272 +1064,272 @@
   <x:si>
     <x:t>Master mention mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biomédical</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention biologie intégrative et physiologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention chimie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention électronique, énergie électrique, automatique parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention réseaux et télécommunication parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention réseaux et télécommunication parcours architecture des réseaux et cybersécurité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention microbiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l’université d’Aix-Marseille spécialité écologie industrielle et environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Polytech Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention biologie intégrative et physiologie parcours compétences complémentaires en informatique</x:t>
-[...14 lines deleted...]
-    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
+    <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours  informatique et mathématiques discrètes</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
+    <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager marketing et développement de solutions innovantes pour les industries et technologies de santé (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie intégrative et physiologie parcours approche intégrative des fonctions du vivant : du gène à la pathologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention mathématiques et applications</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention microbiologie parcours microbiologie fondamentale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences cognitives parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention microbiologie parcours ingénierie et biotechnologies microbiennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours Computational and mathematical biology</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure maritime</x:t>
   </x:si>
   <x:si>
     <x:t>ENSM - site du Havre</x:t>
   </x:si>
   <x:si>
     <x:t>76600</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours maladies métaboliques, vasculaires et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours technologies de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours biomarqueurs et intelligence artificielle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours génétique humaine et médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie-santé parcours oncologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention biologie-santé parcours maladies infectieuses et microbiote</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biologie-santé parcours recherche clinique et simulation en santé</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention biologie-santé parcours maladies infectieuses et microbiote</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours Data Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours biodiversité : fonctions et conservation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences cognitives parcours  langue, communication et cerveau</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours mathématiques fondamentales</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention mathématiques et applications parcours analyse de modèles déterministes et aléatoires</x:t>
-[...8 lines deleted...]
-    <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
+    <x:t>Master mention sciences cognitives parcours fonctions cognitives chez l'individu typique et atypique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention acoustique et musicologie parcours musiques, technologies et humanités</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention sciences cognitives parcours fonctions cognitives chez l'individu typique et atypique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours ingénierie mathématiques et sciences actuarielles</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques et applications parcours didactique des mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours  Cellular and systems neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Integrated and cognitive neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention acoustique et musicologie parcours ingénierie et conception sonore</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention mathématiques appliquées, statistique parcours mathématiques appliquées et sciences sociales (MASS) - Analyse des populations</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Euro-mediterranean Master in Neuroscience (EMN-Online)</x:t>
@@ -1397,102 +1397,102 @@
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours stratégies digitales et pilotage des innovations numériques</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management de l'innovation parcours marketing des produits innovants</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management de l'innovation</x:t>
   </x:si>
   <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expérimentation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
-    <x:t>83130</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de l'industrie : industrie navale et maritime (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Travaux portuaires</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours simulation numérique et réalité virtuelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Travail matériau</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours simulation numérique et réalité virtuelle</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure des mines de Saint-Étienne de l'institut Mines-Télécom spécialité microélectronique et informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Étienne - campus de Saint-Étienne</x:t>
   </x:si>
   <x:si>
     <x:t>42023</x:t>
   </x:si>
   <x:si>
     <x:t>Microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur de systèmes IoT sécurisés (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Mines-Telecom - Saint-Etienne</x:t>
   </x:si>
@@ -3437,142 +3437,141 @@
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>597242</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="C22" s="15" t="s"/>
+      <x:c r="C22" s="15" t="n">
+        <x:v>38774</x:v>
+      </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="J22" s="14" t="s"/>
+      <x:c r="J22" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>32062</x:v>
+        <x:v>11033</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>595324</x:v>
+        <x:v>597571</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C23" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="J23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>11033</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>597571</x:v>
+        <x:v>595324</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>106</x:v>
@@ -4374,214 +4373,214 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>591966</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>597540</x:v>
+        <x:v>590163</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38706</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11541</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>591855</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="H41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>590163</x:v>
+        <x:v>597540</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4767,214 +4766,213 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>39880</x:v>
+        <x:v>39433</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>173</x:v>
-[...1 lines deleted...]
-      <x:c r="H46" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>558313</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>39433</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="H47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591171</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39700</x:v>
+        <x:v>39880</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>558313</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4987,51 +4985,51 @@
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>546663</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40179</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -6261,219 +6259,219 @@
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>575054</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>40042</x:v>
+        <x:v>38682</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>15099</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>575049</x:v>
+        <x:v>591873</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38691</x:v>
+        <x:v>40042</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>11406</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>574983</x:v>
+        <x:v>575049</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38682</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>23554</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>591873</x:v>
+        <x:v>574983</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -6723,219 +6721,219 @@
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>574988</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38703</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>574946</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38687</x:v>
+        <x:v>38703</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>24354</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>574949</x:v>
+        <x:v>574946</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>95</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>591932</x:v>
+        <x:v>574949</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -7129,382 +7127,382 @@
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>574978</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>40530</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>12556</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>575011</x:v>
+        <x:v>575055</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>40530</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>12556</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>575055</x:v>
+        <x:v>574990</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38682</x:v>
+        <x:v>35373</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>23554</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>574976</x:v>
+        <x:v>575544</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38682</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>574990</x:v>
+        <x:v>574976</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>35373</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>575544</x:v>
+        <x:v>574950</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>38687</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>24354</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>574950</x:v>
+        <x:v>575011</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -7767,218 +7765,218 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>615508</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>39380</x:v>
+        <x:v>39848</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>540869</x:v>
+        <x:v>568809</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>39848</x:v>
+        <x:v>39380</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>568809</x:v>
+        <x:v>615514</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>615514</x:v>
+        <x:v>540869</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -7994,51 +7992,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>547752</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>249</x:v>
@@ -8117,148 +8115,148 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>592064</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>592167</x:v>
+        <x:v>592382</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>592382</x:v>
+        <x:v>592167</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
@@ -8285,202 +8283,202 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>591862</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>38687</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>24354</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>591877</x:v>
+        <x:v>591933</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>591933</x:v>
+        <x:v>591877</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38703</x:v>
+        <x:v>38179</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>591852</x:v>
+        <x:v>597244</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
@@ -8507,91 +8505,91 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>591969</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>38179</x:v>
+        <x:v>38703</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>597244</x:v>
+        <x:v>591852</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
@@ -8894,51 +8892,51 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>591851</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
@@ -8951,265 +8949,265 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591931</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>35479</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>591982</x:v>
+        <x:v>596775</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38699</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>15454</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>591870</x:v>
+        <x:v>591982</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38994</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>591968</x:v>
+        <x:v>591870</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>35479</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>596775</x:v>
+        <x:v>591968</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9284,154 +9282,154 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>592126</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>38682</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>592222</x:v>
+        <x:v>591874</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>38682</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>23554</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>591874</x:v>
+        <x:v>592222</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9560,592 +9558,592 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38703</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>591965</x:v>
+        <x:v>591850</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>38703</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>591850</x:v>
+        <x:v>591965</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>591994</x:v>
+        <x:v>591999</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>591999</x:v>
+        <x:v>592001</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38965</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>592001</x:v>
+        <x:v>591961</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>37582</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>595842</x:v>
+        <x:v>592046</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>37582</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>595490</x:v>
+        <x:v>595842</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38682</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>23554</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>591872</x:v>
+        <x:v>595490</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>38682</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>591934</x:v>
+        <x:v>591872</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
-        <x:v>38967</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>14278</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>592046</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
@@ -10226,94 +10224,94 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>592111</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38984</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>591961</x:v>
+        <x:v>591994</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37926</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -10939,79 +10937,79 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>591878</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>592000</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
@@ -11104,205 +11102,205 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>592093</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>591998</x:v>
+        <x:v>591964</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38967</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>14278</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592045</x:v>
+        <x:v>591998</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>591964</x:v>
+        <x:v>592045</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -11605,208 +11603,208 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>595491</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>592223</x:v>
+        <x:v>592385</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38996</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>11486</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>595478</x:v>
+        <x:v>592223</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>38996</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11486</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>592385</x:v>
+        <x:v>595478</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12467,51 +12465,51 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>575047</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -12557,51 +12555,51 @@
       <x:c r="G183" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>581570</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
@@ -12702,1198 +12700,1196 @@
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>575009</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38684</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>11414</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>581563</x:v>
+        <x:v>581553</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>39493</x:v>
+        <x:v>38703</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>11036</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>581565</x:v>
+        <x:v>581555</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38969</x:v>
+        <x:v>38687</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>21543</x:v>
+        <x:v>24354</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>581568</x:v>
+        <x:v>581558</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>40530</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>12556</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>605768</x:v>
+        <x:v>581573</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>35973</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>574995</x:v>
+        <x:v>576259</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>581553</x:v>
+        <x:v>576271</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38703</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>581555</x:v>
+        <x:v>574994</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38687</x:v>
+        <x:v>38684</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>24354</x:v>
+        <x:v>11414</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>581558</x:v>
+        <x:v>581563</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>39493</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>11036</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>581573</x:v>
+        <x:v>581565</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38997</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>24237</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>574994</x:v>
+        <x:v>581568</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>35973</x:v>
+        <x:v>40530</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
-      <x:c r="E196" s="14" t="s"/>
+      <x:c r="E196" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>12556</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>576259</x:v>
+        <x:v>605768</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>576271</x:v>
+        <x:v>574995</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>574969</x:v>
+        <x:v>574930</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>574930</x:v>
+        <x:v>574969</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>37814</x:v>
+        <x:v>38908</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>346</x:v>
-[...1 lines deleted...]
-      <x:c r="H200" s="14" t="s"/>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s">
+        <x:v>317</x:v>
+      </x:c>
       <x:c r="I200" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>553083</x:v>
+        <x:v>549370</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>37814</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
+      <x:c r="E201" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>581566</x:v>
+        <x:v>553083</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>37814</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>581571</x:v>
+        <x:v>599890</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>38908</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>22213</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>549370</x:v>
+        <x:v>576140</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>37814</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>346</x:v>
-[...1 lines deleted...]
-      <x:c r="H204" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>599890</x:v>
+        <x:v>581566</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>576140</x:v>
+        <x:v>581571</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
@@ -14012,193 +14008,193 @@
       <x:c r="G208" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>581575</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>576144</x:v>
+        <x:v>574928</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>574928</x:v>
+        <x:v>574980</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
@@ -14214,215 +14210,215 @@
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>598030</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38969</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>21543</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>574980</x:v>
+        <x:v>576274</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>37814</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
+      <x:c r="E213" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>89</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>32043</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>576274</x:v>
+        <x:v>600234</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>37814</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>346</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>32043</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>600234</x:v>
+        <x:v>576144</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>41163</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -14788,93 +14784,93 @@
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>575043</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>39433</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>575042</x:v>
+        <x:v>576199</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38970</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -14887,110 +14883,110 @@
       <x:c r="K223" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>12036</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>576199</x:v>
+        <x:v>576202</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38970</x:v>
+        <x:v>39433</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>12036</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>576202</x:v>
+        <x:v>575042</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -15136,905 +15132,905 @@
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>574931</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>581257</x:v>
+        <x:v>574972</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>581552</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>574974</x:v>
+        <x:v>577544</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>574915</x:v>
+        <x:v>577548</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>574933</x:v>
+        <x:v>581257</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>39416</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>11040</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>588103</x:v>
+        <x:v>581552</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>574972</x:v>
+        <x:v>574974</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>38994</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>574991</x:v>
+        <x:v>574915</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>39185</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>577544</x:v>
+        <x:v>574933</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>577548</x:v>
+        <x:v>588103</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>39700</x:v>
+        <x:v>38967</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>577560</x:v>
+        <x:v>574996</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>574918</x:v>
+        <x:v>577561</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>574970</x:v>
+        <x:v>581546</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>38996</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>11486</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>575703</x:v>
+        <x:v>574918</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>574996</x:v>
+        <x:v>574970</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -16047,110 +16043,110 @@
       <x:c r="K243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>577561</x:v>
+        <x:v>577560</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38996</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11486</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>581546</x:v>
+        <x:v>575703</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>39493</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -16267,77 +16263,77 @@
       <x:c r="G247" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>574985</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -16383,51 +16379,51 @@
       <x:c r="G249" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>574987</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -16674,51 +16670,51 @@
       <x:c r="G254" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>574986</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
@@ -16916,51 +16912,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31028</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>623379</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17322,1150 +17318,1148 @@
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>595415</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>35367</x:v>
+        <x:v>39416</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>210</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>12010</x:v>
+        <x:v>11040</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="P266" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q266" s="16" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="R266" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="P266" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>556141</x:v>
+        <x:v>592124</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
+      <x:c r="E267" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>592384</x:v>
+        <x:v>556141</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>29798</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>77</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>22048</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>550287</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>35466</x:v>
+        <x:v>29798</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>22048</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>556140</x:v>
+        <x:v>550287</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>38981</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s"/>
+      <x:c r="E270" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>591984</x:v>
+        <x:v>556140</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="n">
+        <x:v>38981</x:v>
+      </x:c>
+      <x:c r="D271" s="3" t="s"/>
+      <x:c r="G271" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I271" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="J271" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K271" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="L271" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M271" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N271" s="3" t="n">
+        <x:v>24454</x:v>
+      </x:c>
+      <x:c r="O271" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="P271" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q271" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="C271" s="3" t="n">
-[...30 lines deleted...]
-      <x:c r="O271" s="0" t="s">
+      <x:c r="R271" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="P271" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>602523</x:v>
+        <x:v>591984</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>451</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s"/>
+      <x:c r="E272" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H272" s="14" t="s"/>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H272" s="14" t="s">
+        <x:v>211</x:v>
+      </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="P272" s="14" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="Q272" s="16" t="s">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="R272" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="P272" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>596694</x:v>
+        <x:v>602523</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>592166</x:v>
+        <x:v>596694</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>453</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>587481</x:v>
+        <x:v>592166</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>35466</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="H275" s="0" t="s">
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>596734</x:v>
+        <x:v>587481</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>39416</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>11040</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>592124</x:v>
+        <x:v>596734</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>40510</x:v>
+        <x:v>38704</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
-      <x:c r="E277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>77</x:v>
-[...2 lines deleted...]
-        <x:v>78</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>22048</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>605725</x:v>
+        <x:v>591854</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>38704</x:v>
+        <x:v>40510</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
-      <x:c r="E278" s="14" t="s"/>
+      <x:c r="E278" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H278" s="14" t="s"/>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H278" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>31608</x:v>
+        <x:v>22048</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>591854</x:v>
+        <x:v>605725</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38981</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>453</x:v>
-[...2 lines deleted...]
-        <x:v>454</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>587824</x:v>
+        <x:v>596736</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>35463</x:v>
+        <x:v>35466</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>602545</x:v>
+        <x:v>602546</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
+      <x:c r="E281" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>587477</x:v>
+        <x:v>556139</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>35463</x:v>
+        <x:v>38981</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>454</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>23054</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>596736</x:v>
+        <x:v>587824</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>35466</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
-      <x:c r="E283" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>602546</x:v>
+        <x:v>587477</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>556139</x:v>
+        <x:v>602545</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>30126</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -18656,51 +18650,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>24307</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>580227</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
@@ -18842,82 +18836,82 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>592048</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
@@ -19181,82 +19175,82 @@
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
@@ -19633,51 +19627,51 @@
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>558153</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
@@ -19928,79 +19922,79 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>595496</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>592047</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
@@ -20093,51 +20087,51 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>592394</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
@@ -20210,51 +20204,51 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>451266</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
@@ -20263,51 +20257,51 @@
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>554927</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -20452,51 +20446,51 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>501081</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -20628,51 +20622,51 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
@@ -20980,51 +20974,51 @@
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>605716</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H329" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
@@ -21040,51 +21034,51 @@
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>453850</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">