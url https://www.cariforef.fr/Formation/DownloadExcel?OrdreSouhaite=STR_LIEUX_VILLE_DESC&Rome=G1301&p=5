--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -395,125 +395,125 @@
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAG BUSINESS SCHOOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Hôtellerie Tourisme Jeanne et Paul Augier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
     <x:t>IPAG Business School</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement touristique</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Côte d'Azur</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
   </x:si>
   <x:si>
     <x:t>ILEC</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral</x:t>
   </x:si>
   <x:si>
     <x:t>75017</x:t>
   </x:si>
   <x:si>
     <x:t>Aftral - Antenne Nice - CFA Régional Transport Logistique PACA</x:t>
@@ -731,62 +731,62 @@
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de produits touristiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise touristique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel Charles Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>13006</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller vendeur en voyages BC1 réserver des prestations touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>Axess Développement Tourismeurop</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller vendeur en voyages BC2 vendre des prestations touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
@@ -875,74 +875,74 @@
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnateur de tourisme équestre</x:t>
   </x:si>
   <x:si>
     <x:t>Les Sabots de Vénus</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>Sport équestre</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROCHE-DES-ARNAUDS</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention métiers du tourisme : communication et valorisation des territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Économie tourisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
-    <x:t>83130</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du tourisme et des loisirs</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
@@ -1313,75 +1313,75 @@
   <x:si>
     <x:t>ESCAET</x:t>
   </x:si>
   <x:si>
     <x:t>manager des activités du tourisme et des voyages</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable des activités du tourisme et des voyages</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Commerciaux Clovis Hugues - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP C Hugues</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé de projets événementiels</x:t>
   </x:si>
   <x:si>
     <x:t>Ace Education</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>LP C Hugues</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des activités du tourisme et des voyages</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -3250,57 +3250,57 @@
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>548517</x:v>
+        <x:v>500516</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -3310,57 +3310,57 @@
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>500516</x:v>
+        <x:v>548517</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>89</x:v>
@@ -3612,571 +3612,571 @@
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>595003</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>594995</x:v>
+        <x:v>602742</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39172</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="I32" s="16" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K32" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L32" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M32" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N32" s="15" t="n">
+        <x:v>42654</x:v>
+      </x:c>
+      <x:c r="O32" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P32" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s"/>
-[...29 lines deleted...]
-      </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592077</x:v>
+        <x:v>549106</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>602742</x:v>
+        <x:v>511102</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
+      <x:c r="I34" s="16" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K34" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="L34" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M34" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N34" s="15" t="n">
+        <x:v>42654</x:v>
+      </x:c>
+      <x:c r="O34" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P34" s="14" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>549106</x:v>
+        <x:v>594995</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>39172</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>12516</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>511102</x:v>
+        <x:v>592077</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>607309</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="F37" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>518900</x:v>
+        <x:v>583809</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>597602</x:v>
+        <x:v>518900</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>46</x:v>
-[...2 lines deleted...]
-        <x:v>47</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>583809</x:v>
+        <x:v>597602</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>135</x:v>
@@ -4184,227 +4184,227 @@
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>545175</x:v>
+        <x:v>515228</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>515228</x:v>
+        <x:v>545175</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>552267</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>601937</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4416,170 +4416,170 @@
       <x:c r="I44" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>602901</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>478400</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>478403</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4595,110 +4595,110 @@
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>607857</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>549020</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -4711,51 +4711,51 @@
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>553992</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4767,111 +4767,111 @@
       <x:c r="I50" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>548986</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>478406</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4886,51 +4886,51 @@
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>546104</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4940,57 +4940,57 @@
       <x:c r="H53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>556263</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5005,51 +5005,51 @@
       <x:c r="J54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>525192</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -5062,51 +5062,51 @@
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>507663</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5118,54 +5118,54 @@
       <x:c r="I56" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>496653</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5175,54 +5175,54 @@
       <x:c r="I57" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>605211</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5233,57 +5233,57 @@
       <x:c r="H58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>608170</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5296,51 +5296,51 @@
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>600165</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5352,111 +5352,111 @@
       <x:c r="I60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>552317</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>497036</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -5469,51 +5469,51 @@
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>595011</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5526,448 +5526,448 @@
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>502787</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>549105</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>587191</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>566300</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>594992</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>592078</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>599416</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>545488</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7559,106 +7559,103 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>600903</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
-      <x:c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>503934</x:v>
+        <x:v>556954</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -7667,350 +7664,350 @@
       <x:c r="K100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>556954</x:v>
+        <x:v>608089</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>206</x:v>
-[...2 lines deleted...]
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>608089</x:v>
+        <x:v>594998</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s"/>
+      <x:c r="E102" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>594998</x:v>
+        <x:v>503934</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>34588</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>508763</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>31966</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H104" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s">
+        <x:v>215</x:v>
+      </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>478407</x:v>
+        <x:v>609592</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>31966</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>215</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>609592</x:v>
+        <x:v>478407</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8031,204 +8028,204 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>594999</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>31966</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>497037</x:v>
+        <x:v>478404</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>31966</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>478404</x:v>
+        <x:v>497037</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>556861</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
@@ -8245,108 +8242,108 @@
       <x:c r="H110" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>609971</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>478401</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
@@ -9128,278 +9125,278 @@
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>599444</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>40439</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>13168</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>552182</x:v>
+        <x:v>592550</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-        <x:v>88</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>500523</x:v>
+        <x:v>552182</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>495322</x:v>
+        <x:v>500523</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>40439</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
+      <x:c r="E129" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>13168</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>592550</x:v>
+        <x:v>495322</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>89</x:v>
@@ -9407,221 +9404,221 @@
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>573796</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40497</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>581080</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>588184</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>592076</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9638,108 +9635,108 @@
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>602187</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>601799</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37295</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
@@ -10137,69 +10134,69 @@
       <x:c r="R142" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>543836</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>583807</x:v>
       </x:c>
@@ -10611,69 +10608,69 @@
       <x:c r="R150" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>506767</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="F151" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>583808</x:v>
       </x:c>
@@ -10946,227 +10943,228 @@
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>496652</x:v>
+        <x:v>552316</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
-      <x:c r="E157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>552316</x:v>
+        <x:v>502499</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>46</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>502499</x:v>
+        <x:v>594993</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
+      <x:c r="E159" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>594993</x:v>
+        <x:v>496652</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
@@ -11726,51 +11724,51 @@
       <x:c r="G170" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>580461</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
@@ -13437,161 +13435,163 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>549242</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38017</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>614692</x:v>
+        <x:v>597175</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38017</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
+      <x:c r="E201" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42648</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>597175</x:v>
+        <x:v>614692</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
@@ -13749,51 +13749,51 @@
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38491</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
@@ -13801,55 +13801,55 @@
         <x:v>507257</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>31966</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -14019,1268 +14019,1272 @@
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>515739</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>38491</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>388</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>42627</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>549683</x:v>
+        <x:v>507665</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>37502</x:v>
+        <x:v>38491</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>42625</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>549684</x:v>
+        <x:v>549683</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>37502</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>402</x:v>
-[...1 lines deleted...]
-      <x:c r="H212" s="14" t="s"/>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s">
+        <x:v>389</x:v>
+      </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>608379</x:v>
+        <x:v>549684</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>37502</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
+      <x:c r="E213" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>42625</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>597102</x:v>
+        <x:v>608379</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>37502</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>497038</x:v>
+        <x:v>597102</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>38491</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
+      <x:c r="E215" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>597479</x:v>
+        <x:v>497038</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>38491</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>605559</x:v>
+        <x:v>597479</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>31966</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>478405</x:v>
+        <x:v>605559</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>37502</x:v>
+        <x:v>31966</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
-      <x:c r="E218" s="14" t="s"/>
+      <x:c r="E218" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>388</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>42625</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>574717</x:v>
+        <x:v>478405</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>37502</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>42625</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>595012</x:v>
+        <x:v>574717</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>412</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>554544</x:v>
+        <x:v>595012</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>39385</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
+      <x:c r="E221" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>614448</x:v>
+        <x:v>554544</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>608567</x:v>
+        <x:v>595009</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>39385</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>595002</x:v>
+        <x:v>614448</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>595009</x:v>
+        <x:v>608567</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>38491</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-        <x:v>389</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>622093</x:v>
+        <x:v>595002</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>424</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>37890</x:v>
+        <x:v>38491</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>389</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
-        <x:v>42654</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>553021</x:v>
+        <x:v>622093</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>518906</x:v>
+        <x:v>553021</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>572352</x:v>
+        <x:v>518906</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>589716</x:v>
+        <x:v>572352</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37890</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>507665</x:v>
+        <x:v>589716</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38491</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
@@ -15336,159 +15340,159 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>598909</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>37890</x:v>
+        <x:v>31966</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>42654</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>556215</x:v>
+        <x:v>478408</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>31966</x:v>
+        <x:v>37890</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>42654</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>478408</x:v>
+        <x:v>556215</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>