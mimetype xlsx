--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -575,110 +575,110 @@
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Littérature</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention musicologie</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire art</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : éducation et motricité</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>UFCV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation socioculturelle</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTSA gestion et protection de la nature (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aménagement gestion rivière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découverte des métiers de la voile, de l'animation et du nautisme</x:t>
   </x:si>
   <x:si>
     <x:t>Voile</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
@@ -1292,65 +1292,65 @@
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP L Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83011</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'enseignement</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BPJEPS Spécialité Animateur Mention Loisirs tous publics</x:t>
   </x:si>
   <x:si>
-    <x:t>DIGNE LES BAINS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>12/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/06/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formatic Arles</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MFR Bléone-Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
@@ -1505,56 +1505,56 @@
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Art spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Formatic Avignon</x:t>
   </x:si>
   <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et protection de la nature (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Animation enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
@@ -1577,69 +1577,69 @@
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jeanne d'Arc - Campus Vincentien d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13632</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jeanne d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BPJEPS spécialité animateur mention animation socio-éducative ou culturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CPJEPS mention animateur d'activités et de vie quotidienne dans toute structure de loisirs et d'animation socioculturelle (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>BPJEPS spécialité animateur mention loisirs tous publics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Particulier, individuel , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention protection et valorisation du patrimoine historique et culturel</x:t>
   </x:si>
   <x:si>
     <x:t>Politique culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Vert d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06602</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Horizon Grasse</x:t>
   </x:si>
@@ -4394,523 +4394,521 @@
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>595436</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35512</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="F38" s="14" t="s"/>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F38" s="14" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G38" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="I38" s="16" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="K38" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L38" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M38" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N38" s="15" t="n">
+        <x:v>15436</x:v>
+      </x:c>
+      <x:c r="O38" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P38" s="14" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="H38" s="14" t="s">
+      <x:c r="S38" s="14" t="n">
+        <x:v>583568</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="I38" s="16" t="s">
+      <x:c r="U38" s="16" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="Q39" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="S39" s="0" t="n">
+        <x:v>572749</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38351</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>178</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>497057</x:v>
+        <x:v>603393</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="H41" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="I41" s="4" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="J41" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="K41" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="L41" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M41" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N41" s="3" t="n">
+        <x:v>12510</x:v>
+      </x:c>
+      <x:c r="O41" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="P41" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="I41" s="4" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>583568</x:v>
+        <x:v>497057</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>572749</x:v>
+        <x:v>453827</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>583570</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>603392</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>15493</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>583583</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -4927,114 +4925,114 @@
       <x:c r="J46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>573067</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>583569</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38154</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
@@ -5049,51 +5047,51 @@
       <x:c r="J48" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>581581</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -5103,171 +5101,171 @@
       <x:c r="J49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>594101</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>15674</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>518911</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>583565</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -5284,51 +5282,51 @@
       <x:c r="J52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>573064</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5621,190 +5619,190 @@
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>596689</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>554849</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>554850</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37427</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -6219,54 +6217,54 @@
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>572748</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F69" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6345,54 +6343,54 @@
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>583693</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -6710,51 +6708,51 @@
       <x:c r="T76" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
@@ -6771,389 +6769,389 @@
         <x:v>147</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>496371</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>496465</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>605797</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>605838</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>555705</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>497058</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8112,51 +8110,51 @@
       <x:c r="M100" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>557920</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38662</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8169,51 +8167,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>557919</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G102" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -9007,249 +9005,249 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>596624</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>496469</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>605839</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>549872</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F119" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -9343,51 +9341,51 @@
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>597132</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
@@ -9406,51 +9404,51 @@
       <x:c r="G122" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>583883</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
@@ -9882,57 +9880,57 @@
       <x:c r="K130" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>577324</x:v>
+        <x:v>597737</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -9996,57 +9994,57 @@
       <x:c r="K132" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>597737</x:v>
+        <x:v>577324</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -10233,156 +10231,157 @@
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>592341</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>28557</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="H137" s="0" t="s">
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="S137" s="0" t="n">
+        <x:v>586358</x:v>
+      </x:c>
+      <x:c r="T137" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="U137" s="4" t="s">
         <x:v>408</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>326</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>28557</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>312</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>586358</x:v>
+        <x:v>579089</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -10449,51 +10448,51 @@
       <x:c r="J140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>583553</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -10506,51 +10505,51 @@
       <x:c r="J141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>586356</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
@@ -10563,60 +10562,60 @@
       <x:c r="J142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>574077</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F143" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -10626,60 +10625,60 @@
       <x:c r="J143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>583551</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G144" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
@@ -10689,51 +10688,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>583548</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>32369</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
@@ -10743,51 +10742,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>579085</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
@@ -11051,51 +11050,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>589756</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -11626,51 +11625,51 @@
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>583585</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -11683,51 +11682,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>588378</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G162" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -12159,51 +12158,51 @@
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>622170</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>143</x:v>
@@ -12458,51 +12457,51 @@
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>622168</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -12518,51 +12517,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>622171</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>35972</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
@@ -12862,157 +12861,160 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>592338</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>35972</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E182" s="14" t="s"/>
+      <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>583749</x:v>
+        <x:v>580411</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>35972</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F183" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>580411</x:v>
+        <x:v>583749</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
@@ -13134,51 +13136,51 @@
       <x:c r="G186" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>587215</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
@@ -13782,285 +13784,288 @@
       <x:c r="K197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>583691</x:v>
+        <x:v>583699</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>502</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>503</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>28557</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E198" s="14" t="s"/>
+      <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>583699</x:v>
+        <x:v>535961</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>28557</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>535961</x:v>
+        <x:v>581995</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>581995</x:v>
+        <x:v>606755</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
+      <x:c r="E201" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F201" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H201" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>606755</x:v>
+        <x:v>583691</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -14097,51 +14102,51 @@
       <x:c r="U202" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>581218</x:v>
       </x:c>
@@ -14154,51 +14159,51 @@
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>581217</x:v>
       </x:c>
@@ -14321,51 +14326,51 @@
       <x:c r="U206" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -14994,78 +14999,78 @@
       <x:c r="R218" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>589730</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="P219" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="P219" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>614645</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>39926</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
@@ -15130,110 +15135,110 @@
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>597133</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>553023</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
@@ -15392,79 +15397,79 @@
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>564136</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="P226" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="P226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>572471</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40462</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
@@ -15678,204 +15683,204 @@
       <x:c r="R230" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>607905</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>15674</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>12547</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>518912</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>620498</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>497059</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40695</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -16066,565 +16071,567 @@
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>575773</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>39927</x:v>
+        <x:v>40695</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>15050</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>572742</x:v>
+        <x:v>616442</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>40695</x:v>
+        <x:v>39463</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>272</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>15050</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>616442</x:v>
+        <x:v>575527</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>39926</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>617880</x:v>
+        <x:v>605567</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39927</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-        <x:v>24</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>27</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>583688</x:v>
+        <x:v>572742</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>72</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>38351</x:v>
+        <x:v>39927</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>605567</x:v>
+        <x:v>564140</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>551</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>39463</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>271</x:v>
-[...2 lines deleted...]
-        <x:v>272</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>575527</x:v>
+        <x:v>564144</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>39927</x:v>
+        <x:v>38351</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>564140</x:v>
+        <x:v>572355</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>39926</x:v>
+        <x:v>39927</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
+      <x:c r="E245" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F245" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>564144</x:v>
+        <x:v>583688</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>541</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
-        <x:v>38351</x:v>
+        <x:v>39926</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>572355</x:v>
+        <x:v>617880</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>161</x:v>
       </x:c>