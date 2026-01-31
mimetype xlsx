--- v0 (2026-01-31)
+++ v1 (2026-01-31)
@@ -611,71 +611,71 @@
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques BS - BE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eclipse - Istec</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
-    <x:t>13140</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Ei Groupe - Antenne Miramas</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel peintre en bâtiment (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
@@ -809,57 +809,57 @@
   <x:si>
     <x:t>08/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée René Caillé</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent de maintenance des bâtiments (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel peintre en bâtiment BC3 Réaliser des travaux de revêtements muraux simples, à l'intérieur de bâtiments, en qualité de finition B</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certificat de spécialisation peinture décoration (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Enduit maçonnerie</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension, Habilitation électrique B2V chargé de travaux électriques au voisinage, basse tension, Habilitation électrique BC chargé de consignation, basse tension, Habilitation é</x:t>
   </x:si>
   <x:si>
     <x:t>Volt Work</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
@@ -5046,255 +5046,255 @@
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>612729</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K58" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L58" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M58" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N58" s="15" t="n">
+        <x:v>24049</x:v>
+      </x:c>
+      <x:c r="O58" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P58" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="J58" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>597547</x:v>
+        <x:v>609113</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="C59" s="3" t="s"/>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="n">
+        <x:v>39036</x:v>
+      </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>609113</x:v>
+        <x:v>597547</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>609117</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="U60" s="16" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>592930</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36257</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -5318,51 +5318,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>544847</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35505</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5486,51 +5486,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>606811</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
@@ -5541,51 +5541,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>569995</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>54</x:v>
@@ -5818,51 +5818,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>544848</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35505</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -6686,159 +6686,159 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>578924</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38711</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22301</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>548393</x:v>
+        <x:v>604017</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38711</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22301</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>604017</x:v>
+        <x:v>548393</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -6918,82 +6918,82 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>604019</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38711</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>604044</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -7129,51 +7129,51 @@
       <x:c r="M94" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>611924</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>54</x:v>
@@ -7181,51 +7181,51 @@
       <x:c r="M95" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>611927</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7246,51 +7246,51 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>603488</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
@@ -7528,51 +7528,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>498734</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>272</x:v>
@@ -8555,146 +8555,147 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>606212</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>610935</x:v>
+        <x:v>614244</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>614244</x:v>
+        <x:v>610935</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -9165,51 +9166,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>548339</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -9747,51 +9748,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>608829</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
@@ -10485,51 +10486,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>552889</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>360</x:v>
@@ -10546,51 +10547,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>502075</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -11999,51 +12000,51 @@
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>502339</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
@@ -12295,57 +12296,57 @@
       <x:c r="K185" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>548833</x:v>
+        <x:v>455023</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>307</x:v>
@@ -12356,57 +12357,57 @@
       <x:c r="K186" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>455023</x:v>
+        <x:v>548833</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>54</x:v>
@@ -12610,51 +12611,51 @@
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>573315</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
@@ -12665,51 +12666,51 @@
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>573326</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
@@ -12717,51 +12718,51 @@
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>614842</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
@@ -12847,88 +12848,88 @@
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>548286</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>573317</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -13048,51 +13049,51 @@
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>573312</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
@@ -13214,51 +13215,51 @@
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>614824</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
@@ -13266,51 +13267,51 @@
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>614843</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
@@ -13321,51 +13322,51 @@
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>573314</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
@@ -13703,51 +13704,51 @@
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>573316</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
@@ -13758,51 +13759,51 @@
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>573327</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
@@ -13810,51 +13811,51 @@
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>614820</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
@@ -13865,51 +13866,51 @@
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>573313</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
@@ -14052,51 +14053,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>548238</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -14394,57 +14395,57 @@
       <x:c r="K223" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>603191</x:v>
+        <x:v>548213</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
@@ -14453,57 +14454,57 @@
       <x:c r="K224" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>548213</x:v>
+        <x:v>603191</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
@@ -15173,51 +15174,51 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>597886</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
@@ -16891,51 +16892,51 @@
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>597947</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
@@ -17053,51 +17054,51 @@
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
@@ -17391,210 +17392,210 @@
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>597952</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>222</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
-      <x:c r="E279" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>548427</x:v>
+        <x:v>597964</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>597964</x:v>
+        <x:v>597967</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>463</x:v>
-[...1 lines deleted...]
-      <x:c r="C281" s="3" t="s"/>
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C281" s="3" t="n">
+        <x:v>39036</x:v>
+      </x:c>
       <x:c r="D281" s="3" t="s"/>
+      <x:c r="E281" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>597967</x:v>
+        <x:v>548427</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>