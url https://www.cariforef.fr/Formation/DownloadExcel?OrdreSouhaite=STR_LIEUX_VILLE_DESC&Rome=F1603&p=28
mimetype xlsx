--- v2 (2026-03-18)
+++ v3 (2026-03-18)
@@ -701,65 +701,65 @@
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS - BE manoeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>NG Formations - Ngnear</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation électrique BS chargé d'intervention élémentaire, basse tension - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Olivier Dupeyre Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ODF</x:t>
   </x:si>
   <x:si>
-    <x:t>11/04/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
@@ -923,65 +923,65 @@
   <x:si>
     <x:t>Lycée Pierre et Marie Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel installateur en thermique et sanitaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation technicien en énergies renouvelables option A : énergie électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
     <x:t>S'approprier la réglementation des Équipements Sous Pression (DESP 2014/68/UE et arrêté ministériel du 20 novembre 2017) - APR005</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-16e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation technicien en énergies renouvelables option A : énergie électrique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Habilitations Electriques BS - BE</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Artech Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
@@ -1550,324 +1550,324 @@
   <x:si>
     <x:t>01/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/23/2027 00:00:00</x:t>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation technicien en énergies renouvelables option A : énergie électrique (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Golf Hôtel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Léon Chiris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Europe Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpes Formations Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filière entreprise - CFA - Antenne Gap - Ecole de la Deuxième Chance des Hautes Alpes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électrique BE BS + manipulation extincteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Atout Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation technicien en énergies renouvelables option B : énergie thermique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Beau de Rochas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Beau de Rochas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel installateur en thermique et sanitaire - Compétences climat RGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO ICCER - Installateur en Chauffage, Climatisation et Energies Renouvelables</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Digne les Bains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option B : Energie thermique (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IME La Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAU-ARNOUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP G Eiffel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP technicien de maintenance et d'installation de pompe à chaleur et de climatiseur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Efia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Formation et des Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Gustave Eiffel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service de sécurité incendie et d'assistance aux personnes de niveau 1 (SSIAP 1) - diplôme d'agent de service + Habilitation électrique BS + Agent de prévention et de sécurité + Certificat de sauveteur-secouriste du travail (SST)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Antibes Max Fiorini</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
-    <x:t>LA SEYNE-SUR-MER</x:t>
-[...233 lines deleted...]
-    <x:t>ARLES</x:t>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques BS - BE - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brink's Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien basse et haute tension BP - BE - BS - B1 - B1V - B2 - B2V - BC - BR - HE -  H0 - H1 - H2 - HC - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien B0 - BP - BS - BE - B1 - B1V - B2 - B2V - BC - BR - BE Essai - H0 - H0V + Habilitation électrique BC chargé de consignation, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien B0 - BP - BS - BE - B1 - B1V - B2 - B2V - BC - BR - BE Essai - H0 - H0V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
   </x:si>
@@ -6501,152 +6501,153 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>586833</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>211</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>590268</x:v>
+        <x:v>586838</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>586838</x:v>
+        <x:v>590268</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
@@ -6777,78 +6778,78 @@
         <x:v>206</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>586837</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>590267</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
@@ -8177,248 +8178,247 @@
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>544844</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C106" s="15" t="s"/>
+      <x:c r="C106" s="15" t="n">
+        <x:v>39297</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>242</x:v>
-[...1 lines deleted...]
-      <x:c r="J106" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>22633</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>619216</x:v>
+        <x:v>595562</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>154</x:v>
-[...2 lines deleted...]
-        <x:v>126</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22633</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="Q107" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R107" s="0" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="S107" s="0" t="n">
+        <x:v>619216</x:v>
+      </x:c>
+      <x:c r="T107" s="4" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="U107" s="4" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>569995</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>610456</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
@@ -8429,100 +8429,100 @@
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>606811</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22633</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>610354</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -8531,51 +8531,51 @@
         <x:v>242</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>619484</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -16158,159 +16158,160 @@
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>613027</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>41909</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>116</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>617680</x:v>
+        <x:v>596330</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>41909</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H245" s="0" t="s">
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>596330</x:v>
+        <x:v>617680</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>464</x:v>
@@ -17784,109 +17785,107 @@
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>580666</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
-        <x:v>308</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>583814</x:v>
+        <x:v>591789</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
@@ -17899,342 +17898,343 @@
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>577596</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="C274" s="15" t="s"/>
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C274" s="15" t="n">
+        <x:v>35189</x:v>
+      </x:c>
       <x:c r="D274" s="15" t="s"/>
-      <x:c r="E274" s="14" t="s"/>
-      <x:c r="F274" s="14" t="s"/>
+      <x:c r="E274" s="14" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F274" s="14" t="s">
+        <x:v>309</x:v>
+      </x:c>
       <x:c r="G274" s="14" t="s">
-        <x:v>102</x:v>
-[...1 lines deleted...]
-      <x:c r="H274" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="I274" s="16" t="s">
-        <x:v>103</x:v>
-[...1 lines deleted...]
-      <x:c r="J274" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="J274" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>609603</x:v>
+        <x:v>583814</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
-      <x:c r="E275" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>591789</x:v>
+        <x:v>575488</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>495</x:v>
+        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>35189</x:v>
+        <x:v>35231</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>575488</x:v>
+        <x:v>575403</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>35231</x:v>
+        <x:v>35189</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>575403</x:v>
+        <x:v>575404</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>228</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>575404</x:v>
+        <x:v>609603</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>35231</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -18368,105 +18368,99 @@
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>540207</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
-      <x:c r="E282" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>337</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="Q282" s="16" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="R282" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
-      <x:c r="Q282" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>548210</x:v>
+        <x:v>609604</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -18540,97 +18534,97 @@
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>591788</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>610935</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -18643,106 +18637,106 @@
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>614257</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>610933</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -18755,60 +18749,60 @@
       <x:c r="J288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>614259</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -18888,51 +18882,51 @@
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>548338</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
@@ -18990,108 +18984,108 @@
       <x:c r="K292" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>548337</x:v>
+        <x:v>503561</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>548336</x:v>
+        <x:v>548326</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>336</x:v>
@@ -19106,181 +19100,181 @@
       <x:c r="K294" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>604006</x:v>
+        <x:v>548337</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>503561</x:v>
+        <x:v>604006</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>548326</x:v>
+        <x:v>548336</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
@@ -19462,94 +19456,94 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>503502</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="Q301" s="4" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="R301" s="0" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>505</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>612047</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -19560,57 +19554,57 @@
       <x:c r="H302" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="Q302" s="16" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="R302" s="14" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>516391</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -19623,108 +19617,108 @@
       <x:c r="J303" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>523517</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>608833</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -19734,57 +19728,57 @@
       <x:c r="H305" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="Q305" s="4" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="R305" s="0" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>608247</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
@@ -19799,51 +19793,51 @@
       <x:c r="J306" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>553998</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -19856,108 +19850,108 @@
       <x:c r="J307" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>509788</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>608829</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38339</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -19967,57 +19961,57 @@
       <x:c r="H309" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="Q309" s="4" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="R309" s="0" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>508</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>556288</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
@@ -20032,167 +20026,167 @@
       <x:c r="J310" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>585909</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>585611</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>585916</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -20205,51 +20199,51 @@
       <x:c r="J313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>585618</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -20260,230 +20254,230 @@
       <x:c r="H314" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>455014</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H315" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I315" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>604242</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I316" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>604243</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>613255</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -20492,51 +20486,51 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>607197</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -20546,360 +20540,360 @@
       <x:c r="H319" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>585084</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H320" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I320" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>604244</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H321" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I321" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>552886</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H322" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I322" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>552885</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H323" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I323" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>552895</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H324" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I324" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>552896</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -20909,172 +20903,172 @@
       <x:c r="H325" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>548820</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s"/>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>613257</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H327" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I327" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>502065</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -21085,117 +21079,117 @@
       <x:c r="H328" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>591787</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H329" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I329" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>604245</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -21206,218 +21200,218 @@
       <x:c r="H330" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I330" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>498582</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="Q331" s="4" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="R331" s="0" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>612977</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="Q332" s="16" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="R332" s="14" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>526</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>612982</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>595563</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -21426,234 +21420,234 @@
         <x:v>143</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>547661</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="F335" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>583759</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>493634</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I337" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>552814</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>35189</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
@@ -21666,223 +21660,223 @@
       <x:c r="J338" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>579816</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>543686</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I340" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>552815</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>547524</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -21891,760 +21885,760 @@
         <x:v>143</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>605966</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H343" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I343" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>604759</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I344" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>502324</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>494771</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>596327</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>578964</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>578965</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H349" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I349" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>604758</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H350" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I350" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>502279</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H351" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I351" s="4" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>604712</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I352" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>604757</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>24147</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>543719</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H354" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I354" s="16" t="s">
         <x:v>515</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>552790</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -22654,57 +22648,57 @@
       <x:c r="H355" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="Q355" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="R355" s="0" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>548822</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -22715,57 +22709,57 @@
       <x:c r="H356" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="Q356" s="16" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="R356" s="14" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>455015</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -22775,164 +22769,164 @@
       <x:c r="H357" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="Q357" s="4" t="s">
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="R357" s="0" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>537</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>498586</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="Q358" s="16" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="R358" s="14" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>540</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>615144</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>539</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="Q359" s="4" t="s">
+        <x:v>537</x:v>
+      </x:c>
+      <x:c r="R359" s="0" t="s">
         <x:v>538</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>540</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>615145</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -22941,114 +22935,114 @@
         <x:v>336</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>503302</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>548282</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -23057,108 +23051,108 @@
         <x:v>103</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>24162</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>607201</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>603387</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -23167,114 +23161,114 @@
         <x:v>336</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>548284</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>603303</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -23283,332 +23277,340 @@
         <x:v>336</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>548241</x:v>
+        <x:v>548240</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>548285</x:v>
+        <x:v>548241</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>503416</x:v>
+        <x:v>548285</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>136</x:v>
-[...1 lines deleted...]
-      <x:c r="C369" s="3" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C369" s="3" t="n">
+        <x:v>38306</x:v>
+      </x:c>
       <x:c r="D369" s="3" t="s"/>
+      <x:c r="E369" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="J369" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>22654</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>608905</x:v>
+        <x:v>503416</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22654</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>609604</x:v>
+        <x:v>608905</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>548283</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -23617,114 +23619,114 @@
         <x:v>336</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>22697</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>548263</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>603385</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -23733,3286 +23735,3291 @@
         <x:v>336</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>603388</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>35845</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>548240</x:v>
+        <x:v>603298</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>603298</x:v>
+        <x:v>503337</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>503337</x:v>
+        <x:v>503301</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>503301</x:v>
+        <x:v>503408</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>503408</x:v>
+        <x:v>448767</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>448767</x:v>
+        <x:v>603326</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>543</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>542</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>603326</x:v>
+        <x:v>603386</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
-      <x:c r="E382" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>603386</x:v>
+        <x:v>596331</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>35845</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>544</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>596331</x:v>
+        <x:v>597558</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>62</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="J384" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="K384" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L384" s="14" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="M384" s="14" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="N384" s="15" t="n">
+        <x:v>22635</x:v>
+      </x:c>
+      <x:c r="O384" s="14" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="P384" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
-      <x:c r="J384" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>597558</x:v>
+        <x:v>611214</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>611214</x:v>
+        <x:v>611216</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="R386" s="14" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="S386" s="14" t="n">
+        <x:v>611217</x:v>
+      </x:c>
+      <x:c r="T386" s="16" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="U386" s="16" t="s">
         <x:v>549</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>611217</x:v>
+        <x:v>590764</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>590764</x:v>
+        <x:v>590769</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>547</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="H389" s="0" t="s">
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>590769</x:v>
+        <x:v>597925</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="H390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>597925</x:v>
+        <x:v>618081</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C391" s="3" t="s"/>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="n">
+        <x:v>39873</x:v>
+      </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>618081</x:v>
+        <x:v>611212</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>611212</x:v>
+        <x:v>611213</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>39873</x:v>
+        <x:v>35845</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="H393" s="0" t="s">
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>611213</x:v>
+        <x:v>551778</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>35845</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>362</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>551778</x:v>
+        <x:v>590765</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>590765</x:v>
+        <x:v>590766</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>547</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>590766</x:v>
+        <x:v>618077</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C397" s="3" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C397" s="3" t="n">
+        <x:v>35845</x:v>
+      </x:c>
       <x:c r="D397" s="3" t="s"/>
+      <x:c r="E397" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>618077</x:v>
+        <x:v>556760</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
-      <x:c r="E398" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>362</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>556760</x:v>
+        <x:v>618080</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C399" s="3" t="s"/>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C399" s="3" t="n">
+        <x:v>39873</x:v>
+      </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>618080</x:v>
+        <x:v>590767</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>590767</x:v>
+        <x:v>611211</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>39873</x:v>
+        <x:v>36648</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>611211</x:v>
+        <x:v>622193</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U401" s="4" t="s">
         <x:v>562</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>563</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>622193</x:v>
+        <x:v>618079</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>618079</x:v>
+        <x:v>597924</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>566</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
-      <x:c r="H404" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>597924</x:v>
+        <x:v>618076</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>547</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>590768</x:v>
+        <x:v>618082</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>559</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C406" s="15" t="s"/>
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="n">
+        <x:v>36648</x:v>
+      </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>618076</x:v>
+        <x:v>622102</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="U406" s="16" t="s">
         <x:v>569</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C407" s="3" t="s"/>
+        <x:v>544</x:v>
+      </x:c>
+      <x:c r="C407" s="3" t="n">
+        <x:v>39873</x:v>
+      </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>618082</x:v>
+        <x:v>611215</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>36648</x:v>
+        <x:v>39873</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>555</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
-        <x:v>564</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="Q408" s="16" t="s">
+        <x:v>546</x:v>
+      </x:c>
+      <x:c r="R408" s="14" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="S408" s="14" t="n">
+        <x:v>590768</x:v>
+      </x:c>
+      <x:c r="T408" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
-      <x:c r="Q408" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>549</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>611215</x:v>
+        <x:v>611218</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>39873</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s"/>
+      <x:c r="E410" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>22635</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>611218</x:v>
+        <x:v>503720</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>503720</x:v>
+        <x:v>548236</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>548236</x:v>
+        <x:v>503676</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>503676</x:v>
+        <x:v>503713</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>503713</x:v>
+        <x:v>603261</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>603261</x:v>
+        <x:v>603292</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>603292</x:v>
+        <x:v>548222</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>548222</x:v>
+        <x:v>548237</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>548237</x:v>
+        <x:v>548235</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>548235</x:v>
+        <x:v>603291</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>603291</x:v>
+        <x:v>603290</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>603290</x:v>
+        <x:v>603235</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>603235</x:v>
+        <x:v>603236</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>603236</x:v>
+        <x:v>503292</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>503292</x:v>
+        <x:v>603188</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>603188</x:v>
+        <x:v>548212</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>38306</x:v>
+        <x:v>37919</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>548212</x:v>
+        <x:v>548214</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>37919</x:v>
+        <x:v>38726</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>22671</x:v>
+        <x:v>22697</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>548214</x:v>
+        <x:v>603189</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>38726</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>22697</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>603189</x:v>
+        <x:v>548211</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>548211</x:v>
+        <x:v>548210</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>37919</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>603190</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38306</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>22685</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>603193</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -27021,936 +27028,938 @@
         <x:v>336</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>503282</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>38306</x:v>
+        <x:v>38305</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>22671</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>603192</x:v>
+        <x:v>603237</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>38305</x:v>
+        <x:v>38306</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>603237</x:v>
+        <x:v>603192</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C435" s="3" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C435" s="3" t="n">
+        <x:v>38305</x:v>
+      </x:c>
       <x:c r="D435" s="3" t="s"/>
+      <x:c r="E435" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="G435" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="H435" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="I435" s="4" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="J435" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="K435" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="L435" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="M435" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N435" s="3" t="n">
+        <x:v>22671</x:v>
+      </x:c>
+      <x:c r="O435" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="P435" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="Q435" s="4" t="s">
+        <x:v>464</x:v>
+      </x:c>
+      <x:c r="R435" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="I435" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>597868</x:v>
+        <x:v>548818</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="Q436" s="16" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="R436" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="Q436" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>597869</x:v>
+        <x:v>609992</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>597886</x:v>
+        <x:v>597871</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>597888</x:v>
+        <x:v>597868</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>597889</x:v>
+        <x:v>597869</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>157</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
-      <x:c r="E440" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>463</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>22671</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>548818</x:v>
+        <x:v>597886</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>609992</x:v>
+        <x:v>597888</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>597871</x:v>
+        <x:v>597889</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>455012</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>597872</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>597875</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>597892</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>597893</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>597873</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -27966,757 +27975,757 @@
       <x:c r="J449" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>22671</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>498574</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>609991</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>597865</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>597870</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>597874</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>597890</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>572</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>597897</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>597866</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>597884</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>597885</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>597896</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>597971</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>597952</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>569</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>597964</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>569</x:v>
+        <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -28801,344 +28810,344 @@
         <x:v>337</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>503189</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>597946</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>597948</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>597949</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>597968</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>597972</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>597956</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
@@ -29233,51 +29242,51 @@
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>603173</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>28</x:v>
@@ -29586,411 +29595,411 @@
         <x:v>337</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>503198</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>597947</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>597965</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>597955</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>597966</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>597970</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>570</x:v>
+        <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>597973</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38726</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
@@ -30070,210 +30079,209 @@
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>548423</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>597953</x:v>
+        <x:v>597967</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>325</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
-      <x:c r="E489" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>22685</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>603172</x:v>
+        <x:v>597953</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>591</x:v>
-[...1 lines deleted...]
-      <x:c r="C490" s="15" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C490" s="15" t="n">
+        <x:v>38306</x:v>
+      </x:c>
       <x:c r="D490" s="15" t="s"/>
-      <x:c r="E490" s="14" t="s"/>
+      <x:c r="E490" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22685</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>597967</x:v>
+        <x:v>603172</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38305</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -30294,51 +30302,51 @@
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>603171</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>55</x:v>
       </x:c>