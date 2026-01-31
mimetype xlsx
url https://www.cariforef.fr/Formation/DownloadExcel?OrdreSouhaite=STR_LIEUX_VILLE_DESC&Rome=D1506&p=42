--- v0 (2026-01-31)
+++ v1 (2026-01-31)
@@ -353,71 +353,71 @@
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management commercial opérationnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure</x:t>
   </x:si>
   <x:si>
     <x:t>FASUP</x:t>
   </x:si>
   <x:si>
     <x:t>33300</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Toulon</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
   <x:si>
     <x:t>ESMED</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
@@ -497,77 +497,77 @@
   <x:si>
     <x:t>Alternance Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme de Gestion du Lycée Technique Privé Catholique Saint Jean - Ogec Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée St-Jean</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée St-Jean</x:t>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-RAPHAEL</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Saint Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
@@ -686,353 +686,353 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufip - Ufitech - Les Anglades</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDRAC BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propuls Up - Ebm Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Propuls Up - Ebm Business School - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAG BUSINESS SCHOOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation Alternance Supérieure - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurlom Prépa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aurlom Prépa - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenir en Perspective</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avenir en Perspective - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Sup - Ensao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Sup - Ensao - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Liberté Formation - Iscae</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fanfani</x:t>
+  </x:si>
+  <x:si>
     <x:t>IPAG Business School</x:t>
   </x:si>
   <x:si>
     <x:t>IPAG BS</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
-[...89 lines deleted...]
-    <x:t>07/06/2028 00:00:00</x:t>
+    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management commercial opérationnel option entrepreneuriat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idrac business School - Compétences Commerce et International - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Escial Académie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Parc Impérial</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ebm Business School</x:t>
   </x:si>
   <x:si>
     <x:t>EBM 3</x:t>
   </x:si>
   <x:si>
     <x:t>93700</x:t>
   </x:si>
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée du Parc Impérial</x:t>
-[...11 lines deleted...]
-    <x:t>06250</x:t>
+    <x:t>Idrac business School - Compétences Commerce et International</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Idrac business School - Compétences Commerce et International</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/13/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro artisanat et métiers d'art option marchandisage visuel</x:t>
   </x:si>
   <x:si>
     <x:t>LP Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Escial Académie</x:t>
-[...2 lines deleted...]
-    <x:t>07/06/2026 00:00:00</x:t>
+    <x:t>07/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESID - Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>07/12/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure des Compétences et Métiers - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
-    <x:t>MIRAMAS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP Paul Valéry</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
@@ -1190,71 +1190,71 @@
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Propuls Up - Ebm Business School - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Colbert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 7e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
-    <x:t>13007</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Alternance Supérieure - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
@@ -1268,56 +1268,56 @@
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diderot Education - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diderot Education - Antenne Marseille</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole des Sciences et Techniques Commerciales</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESTC </x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
@@ -1346,65 +1346,65 @@
   <x:si>
     <x:t>Lycée F Esclangon</x:t>
   </x:si>
   <x:si>
     <x:t>04103</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Félix Esclangon</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
@@ -1448,59 +1448,59 @@
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>Isim 83</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LA TOUR-D'AIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
-    <x:t>LA SEYNE-SUR-MER</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Var Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
@@ -1532,101 +1532,101 @@
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Amiral de Grasse</x:t>
   </x:si>
   <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>M2S Formation Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Golfe de Saint-Tropez</x:t>
   </x:si>
   <x:si>
     <x:t>83580</x:t>
   </x:si>
   <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Golfe de St-Tropez</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Gap</x:t>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
-    <x:t>FREJUS</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Renoir</x:t>
   </x:si>
   <x:si>
     <x:t>06802</x:t>
@@ -1700,68 +1700,68 @@
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS management commercial opérationnel spécialisation luxe et relation client premium (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>IFP Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
   </x:si>
   <x:si>
-    <x:t>06400</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Privé Les Fauvettes</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Côteaux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Les Coteaux</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent d'Altitude</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
@@ -1916,63 +1916,63 @@
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Célony</x:t>
   </x:si>
   <x:si>
     <x:t>Skill Up - Edup Business School</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>GROUPE BELMONT</x:t>
   </x:si>
   <x:si>
-    <x:t>13290</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Provence formation - Erudis Aix</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Métropôle Aix Marseille Provence - CFA Métropolitain - Campus des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>My BS - My Business School Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -3032,210 +3032,210 @@
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>501302</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
-      <x:c r="E11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>602262</x:v>
+        <x:v>541107</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>552579</x:v>
+        <x:v>602262</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>541107</x:v>
+        <x:v>552579</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>24</x:v>
@@ -4606,105 +4606,105 @@
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>473387</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s"/>
+      <x:c r="E38" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>522116</x:v>
+        <x:v>602076</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -4717,51 +4717,51 @@
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>598872</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
@@ -4836,172 +4836,172 @@
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>544869</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>601405</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
-      <x:c r="E43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>602076</x:v>
+        <x:v>522116</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -5021,160 +5021,159 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>555547</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>609446</x:v>
+        <x:v>473386</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s"/>
+      <x:c r="E46" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>473386</x:v>
+        <x:v>609446</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5480,114 +5479,114 @@
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>505565</x:v>
+        <x:v>560020</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>560020</x:v>
+        <x:v>505565</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -6082,512 +6081,510 @@
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>546432</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>131</x:v>
-[...2 lines deleted...]
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>496120</x:v>
+        <x:v>593969</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s"/>
+      <x:c r="E64" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>593969</x:v>
+        <x:v>496120</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I65" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J65" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K65" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="L65" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M65" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N65" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O65" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P65" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="R65" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="H65" s="0" t="s">
+      <x:c r="S65" s="0" t="n">
+        <x:v>522110</x:v>
+      </x:c>
+      <x:c r="T65" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="I65" s="4" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>522110</x:v>
+        <x:v>603754</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>607811</x:v>
+        <x:v>548513</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="I68" s="16" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K68" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L68" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M68" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N68" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O68" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P68" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="Q68" s="16" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="H68" s="14" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>602184</x:v>
+        <x:v>607811</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
+      <x:c r="E69" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>603754</x:v>
+        <x:v>602184</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I70" s="16" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K70" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L70" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M70" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N70" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O70" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P70" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="Q70" s="16" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>500502</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -6600,51 +6597,51 @@
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>608353</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6658,54 +6655,54 @@
       <x:c r="I72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>559073</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7713,51 +7710,51 @@
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>601555</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7948,159 +7945,160 @@
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>588538</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
+      <x:c r="E95" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>551774</x:v>
+        <x:v>558912</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>558912</x:v>
+        <x:v>551774</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -8411,1721 +8409,1718 @@
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>593985</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H103" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>593962</x:v>
+        <x:v>554027</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>542944</x:v>
+        <x:v>542525</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
-      <x:c r="E105" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R105" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="S105" s="0" t="n">
+        <x:v>599406</x:v>
+      </x:c>
+      <x:c r="T105" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="U105" s="4" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>608885</x:v>
+        <x:v>615982</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
-      <x:c r="E107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>215</x:v>
-[...2 lines deleted...]
-        <x:v>216</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>549101</x:v>
+        <x:v>497071</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
-      <x:c r="E108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>554378</x:v>
+        <x:v>593993</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>96</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>553760</x:v>
+        <x:v>603773</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>552263</x:v>
+        <x:v>525361</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>607321</x:v>
+        <x:v>549101</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>496627</x:v>
+        <x:v>554378</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>603595</x:v>
+        <x:v>553760</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>598948</x:v>
+        <x:v>552263</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>549433</x:v>
+        <x:v>607321</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>507190</x:v>
+        <x:v>496627</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
+      <x:c r="E117" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>615982</x:v>
+        <x:v>603595</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s"/>
+      <x:c r="E118" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>497071</x:v>
+        <x:v>598948</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
+      <x:c r="E119" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>593993</x:v>
+        <x:v>549433</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>603773</x:v>
+        <x:v>507190</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>525361</x:v>
+        <x:v>542944</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s"/>
+      <x:c r="E122" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>599406</x:v>
+        <x:v>600254</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>601932</x:v>
+        <x:v>593962</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>554027</x:v>
+        <x:v>601932</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
+      <x:c r="E125" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>542525</x:v>
+        <x:v>608885</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>549102</x:v>
+        <x:v>607852</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>246</x:v>
-[...2 lines deleted...]
-        <x:v>247</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>608756</x:v>
+        <x:v>525189</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>607852</x:v>
+        <x:v>549102</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>545160</x:v>
+        <x:v>608756</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>571087</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>496189</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10137,3892 +10132,3901 @@
       <x:c r="I132" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>499849</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>525189</x:v>
+        <x:v>545160</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>498529</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>600270</x:v>
+        <x:v>555785</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>511035</x:v>
+        <x:v>469544</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
-      <x:c r="E137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>261</x:v>
-[...2 lines deleted...]
-        <x:v>262</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>555785</x:v>
+        <x:v>506869</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>469544</x:v>
+        <x:v>512009</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
+      <x:c r="E139" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>506869</x:v>
+        <x:v>511035</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="H140" s="14" t="s"/>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="H140" s="14" t="s">
+        <x:v>264</x:v>
+      </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>549007</x:v>
+        <x:v>600270</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>554756</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>571074</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>495982</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="J144" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K144" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L144" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M144" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="N144" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O144" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P144" s="14" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="Q144" s="16" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="R144" s="14" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="S144" s="14" t="n">
+        <x:v>549007</x:v>
+      </x:c>
+      <x:c r="T144" s="16" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="U144" s="16" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...34 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>606946</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>515216</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="Q147" s="4" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="R147" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="S147" s="0" t="n">
+        <x:v>547438</x:v>
+      </x:c>
+      <x:c r="T147" s="4" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="U147" s="4" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
-      <x:c r="E148" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>556408</x:v>
+        <x:v>593988</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>608290</x:v>
+        <x:v>556408</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="H150" s="14" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s">
+        <x:v>67</x:v>
+      </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>498526</x:v>
+        <x:v>608290</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>602107</x:v>
+        <x:v>498526</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>549006</x:v>
+        <x:v>602107</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>36335</x:v>
+        <x:v>38362</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
+      <x:c r="E153" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>34519</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>595892</x:v>
+        <x:v>549006</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38362</x:v>
+        <x:v>36335</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>34519</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>601933</x:v>
+        <x:v>595892</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>554834</x:v>
+        <x:v>601933</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>215</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>602740</x:v>
+        <x:v>554834</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>512009</x:v>
+        <x:v>602740</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>512560</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
+      <x:c r="E159" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>495678</x:v>
+        <x:v>504957</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>504957</x:v>
+        <x:v>566522</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>566522</x:v>
+        <x:v>586468</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>586468</x:v>
+        <x:v>605202</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>605202</x:v>
+        <x:v>546507</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>546507</x:v>
+        <x:v>600581</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>600581</x:v>
+        <x:v>560940</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>560940</x:v>
+        <x:v>565510</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>565510</x:v>
+        <x:v>545647</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>545647</x:v>
+        <x:v>603552</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>603552</x:v>
+        <x:v>552305</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>552305</x:v>
+        <x:v>607305</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>607305</x:v>
+        <x:v>496090</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>496090</x:v>
+        <x:v>594000</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H173" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>594000</x:v>
+        <x:v>522112</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s"/>
+      <x:c r="E174" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>522112</x:v>
+        <x:v>608440</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>608440</x:v>
+        <x:v>549613</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>246</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>549613</x:v>
+        <x:v>560002</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>560002</x:v>
+        <x:v>506135</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="Q178" s="16" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="R178" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="Q178" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>506135</x:v>
+        <x:v>554283</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>608354</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>507191</x:v>
+        <x:v>495678</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>506920</x:v>
+        <x:v>507191</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>599665</x:v>
+        <x:v>506920</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>549295</x:v>
+        <x:v>599665</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>510950</x:v>
+        <x:v>549295</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>502388</x:v>
+        <x:v>510950</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>502431</x:v>
+        <x:v>502388</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
+      <x:c r="E187" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H187" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>498139</x:v>
+        <x:v>502431</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
-      <x:c r="E188" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>499320</x:v>
+        <x:v>498139</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="I189" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="J189" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K189" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L189" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M189" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N189" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O189" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P189" s="0" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="Q189" s="4" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="R189" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="I189" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>603624</x:v>
+        <x:v>499320</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s"/>
+      <x:c r="E190" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="Q190" s="16" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="R190" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="Q190" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>510466</x:v>
+        <x:v>603624</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
-      <x:c r="E191" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="J191" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K191" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="L191" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M191" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N191" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O191" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P191" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="J191" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>499318</x:v>
+        <x:v>510466</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="J192" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K192" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L192" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M192" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N192" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O192" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P192" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="J192" s="14" t="s">
-[...17 lines deleted...]
-      <x:c r="P192" s="14" t="s">
+      <x:c r="Q192" s="16" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="R192" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="Q192" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>593989</x:v>
+        <x:v>499318</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
-      <x:c r="E193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>603626</x:v>
+        <x:v>593989</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="J194" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K194" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L194" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M194" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N194" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O194" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P194" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="J194" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>549471</x:v>
+        <x:v>603626</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>302</x:v>
-[...2 lines deleted...]
-        <x:v>174</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>551914</x:v>
+        <x:v>549471</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J196" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K196" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L196" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M196" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N196" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O196" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P196" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="J196" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>599718</x:v>
+        <x:v>551914</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>605495</x:v>
+        <x:v>599718</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>554283</x:v>
+        <x:v>605495</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -14143,51 +14147,51 @@
       <x:c r="L201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>551956</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
@@ -14318,54 +14322,54 @@
       <x:c r="L204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>556175</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14383,154 +14387,153 @@
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>509508</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>517470</x:v>
+        <x:v>518420</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>518420</x:v>
+        <x:v>517470</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>322</x:v>
@@ -14556,157 +14559,157 @@
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>599051</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>517410</x:v>
+        <x:v>571060</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>571060</x:v>
+        <x:v>517410</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -15010,51 +15013,51 @@
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>545471</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -16458,51 +16461,51 @@
       <x:c r="L241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>531177</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
@@ -16870,51 +16873,51 @@
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>556625</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -16949,55 +16952,55 @@
         <x:v>556983</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -17099,51 +17102,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>531178</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -17300,209 +17303,212 @@
         <x:v>607663</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H256" s="14" t="s"/>
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s">
+        <x:v>364</x:v>
+      </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>546833</x:v>
+        <x:v>607662</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>547288</x:v>
+        <x:v>600895</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>363</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>556624</x:v>
+        <x:v>547288</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -17512,198 +17518,196 @@
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>607662</x:v>
+        <x:v>556624</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>355</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>600895</x:v>
+        <x:v>546833</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>602078</x:v>
+        <x:v>546961</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -17713,90 +17717,90 @@
       <x:c r="S262" s="14" t="n">
         <x:v>504840</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>546961</x:v>
+        <x:v>602078</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
@@ -17890,203 +17894,203 @@
         <x:v>549281</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>556816</x:v>
+        <x:v>602222</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="I267" s="4" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J267" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K267" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L267" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M267" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N267" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O267" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P267" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="Q267" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="H267" s="0" t="s">
+      <x:c r="R267" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="I267" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>602222</x:v>
+        <x:v>556816</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>557731</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18096,231 +18100,231 @@
       <x:c r="H269" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>609553</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>600256</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>36335</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>595891</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>524653</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18330,350 +18334,350 @@
       <x:c r="H273" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>508762</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>541542</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>547710</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>585589</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>593995</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>529909</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18921,51 +18925,51 @@
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>566638</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
@@ -19099,51 +19103,51 @@
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>601346</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19156,283 +19160,283 @@
       <x:c r="M287" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>552911</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>605522</x:v>
+        <x:v>506136</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>506136</x:v>
+        <x:v>548468</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>548468</x:v>
+        <x:v>609226</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>609226</x:v>
+        <x:v>605522</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>403</x:v>
@@ -19649,57 +19653,57 @@
         <x:v>600171</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
@@ -19770,57 +19774,57 @@
         <x:v>499775</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
@@ -19866,51 +19870,51 @@
       <x:c r="L299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>551958</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
@@ -20104,328 +20108,328 @@
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>602212</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>547568</x:v>
+        <x:v>522096</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H305" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="H305" s="0" t="s">
+      <x:c r="I305" s="4" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>497953</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
-      <x:c r="E306" s="14" t="s"/>
+      <x:c r="E306" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>522096</x:v>
+        <x:v>547568</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="H307" s="0" t="s">
+      <x:c r="I307" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="I307" s="4" t="s">
+      <x:c r="J307" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K307" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L307" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M307" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N307" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O307" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P307" s="0" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>600999</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="H308" s="14" t="s">
+      <x:c r="I308" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="I308" s="16" t="s">
+      <x:c r="J308" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K308" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L308" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M308" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N308" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O308" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P308" s="14" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>551834</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
@@ -20566,51 +20570,51 @@
       <x:c r="L311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>543720</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
@@ -20744,51 +20748,51 @@
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>550530</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21269,51 +21273,51 @@
       <x:c r="L323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>544969</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
@@ -21729,51 +21733,51 @@
       <x:c r="L331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>601554</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
@@ -21791,51 +21795,51 @@
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>603797</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21904,51 +21908,51 @@
       <x:c r="L334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>545065</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -22257,282 +22261,280 @@
       <x:c r="L340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>608867</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>542373</x:v>
+        <x:v>593965</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>593965</x:v>
+        <x:v>542373</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
-      <x:c r="E343" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>450</x:v>
-[...2 lines deleted...]
-        <x:v>364</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>504099</x:v>
+        <x:v>507425</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>91</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
-      <x:c r="E344" s="14" t="s"/>
+      <x:c r="E344" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>453</x:v>
-[...1 lines deleted...]
-      <x:c r="H344" s="14" t="s"/>
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s">
+        <x:v>364</x:v>
+      </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>507425</x:v>
+        <x:v>504099</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22550,513 +22552,514 @@
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>602155</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="Q346" s="16" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="R346" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="Q346" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>604164</x:v>
+        <x:v>554792</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>556407</x:v>
+        <x:v>604164</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
-      <x:c r="E348" s="14" t="s"/>
+      <x:c r="E348" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>554792</x:v>
+        <x:v>556407</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
+      <x:c r="E349" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>522113</x:v>
+        <x:v>502153</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="Q350" s="16" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="R350" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
-      <x:c r="Q350" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>502153</x:v>
+        <x:v>607812</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>511033</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>607812</x:v>
+        <x:v>522113</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>606279</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -23067,57 +23070,57 @@
       <x:c r="H354" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="Q354" s="16" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="R354" s="14" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>461</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>553201</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
@@ -23155,81 +23158,81 @@
         <x:v>593980</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J356" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K356" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L356" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M356" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N356" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O356" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P356" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="J356" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>548512</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
@@ -23273,81 +23276,81 @@
         <x:v>552233</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J358" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K358" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L358" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M358" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N358" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O358" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P358" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="J358" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>602183</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
@@ -23391,81 +23394,81 @@
         <x:v>600591</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J360" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K360" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L360" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M360" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N360" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O360" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P360" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="J360" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>500498</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
@@ -23487,51 +23490,51 @@
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>545053</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
@@ -23546,51 +23549,51 @@
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>496021</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
@@ -23606,54 +23609,54 @@
       <x:c r="L363" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>601359</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23913,103 +23916,100 @@
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>607814</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
-      <x:c r="E369" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>480</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>519479</x:v>
+        <x:v>522115</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I370" s="16" t="s">
@@ -24021,57 +24021,57 @@
       <x:c r="K370" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>522115</x:v>
+        <x:v>606281</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24089,105 +24089,107 @@
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>554794</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
-      <x:c r="E372" s="14" t="s"/>
+      <x:c r="E372" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>606281</x:v>
+        <x:v>519479</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
@@ -24216,55 +24218,55 @@
         <x:v>537643</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
@@ -24388,90 +24390,93 @@
       <x:c r="S376" s="14" t="n">
         <x:v>593971</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H377" s="0" t="s">
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>545469</x:v>
+        <x:v>604216</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>68</x:v>
@@ -24617,113 +24622,113 @@
       <x:c r="S380" s="14" t="n">
         <x:v>513384</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>599666</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
@@ -24908,139 +24913,139 @@
         <x:v>608291</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="J386" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K386" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L386" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M386" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N386" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O386" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P386" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="J386" s="14" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>552612</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="J387" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K387" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L387" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M387" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N387" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O387" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P387" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="J387" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>600372</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25051,226 +25056,226 @@
       <x:c r="H388" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>559074</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
+        <x:v>495</x:v>
+      </x:c>
+      <x:c r="Q389" s="4" t="s">
+        <x:v>493</x:v>
+      </x:c>
+      <x:c r="R389" s="0" t="s">
         <x:v>494</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>493</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>594002</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>34519</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>611342</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>502024</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25281,57 +25286,57 @@
       <x:c r="H392" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>552847</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25344,51 +25349,51 @@
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>601457</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25403,344 +25408,342 @@
       <x:c r="J394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>496040</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>157</x:v>
-[...2 lines deleted...]
-        <x:v>158</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>604216</x:v>
+        <x:v>545469</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H396" s="14" t="s"/>
+      <x:c r="I396" s="16" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="J396" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K396" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L396" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M396" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N396" s="15" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O396" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P396" s="14" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="Q396" s="16" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="R396" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="H396" s="14" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>506735</x:v>
+        <x:v>496624</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="S397" s="0" t="n">
+        <x:v>616772</x:v>
+      </x:c>
+      <x:c r="T397" s="4" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="U397" s="4" t="s">
         <x:v>501</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>616772</x:v>
+        <x:v>506735</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>593984</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -25755,876 +25758,876 @@
       <x:c r="J400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>545314</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H401" s="0" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="I401" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="J401" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K401" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L401" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M401" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N401" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O401" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P401" s="0" t="s">
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="Q401" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="R401" s="0" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>556094</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>547147</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>498166</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
-      <x:c r="E404" s="14" t="s"/>
+      <x:c r="E404" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>507</x:v>
-[...1 lines deleted...]
-      <x:c r="H404" s="14" t="s"/>
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s">
+        <x:v>364</x:v>
+      </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>593966</x:v>
+        <x:v>556544</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>504437</x:v>
+        <x:v>599463</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
-      <x:c r="E406" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>502</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>556544</x:v>
+        <x:v>593966</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="H407" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="I407" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="J407" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K407" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L407" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M407" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="N407" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O407" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P407" s="0" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="Q407" s="4" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="R407" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
-      <x:c r="H407" s="0" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>599463</x:v>
+        <x:v>504437</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>498290</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>605201</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>552304</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>556545</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>616771</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>602604</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>506736</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
@@ -27074,57 +27077,57 @@
       <x:c r="S422" s="14" t="n">
         <x:v>506514</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
@@ -27311,57 +27314,57 @@
       <x:c r="S426" s="14" t="n">
         <x:v>544879</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
@@ -27402,51 +27405,51 @@
       <x:c r="I428" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>604716</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>157</x:v>
@@ -27515,51 +27518,51 @@
       <x:c r="I430" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>502229</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
@@ -27575,51 +27578,51 @@
       <x:c r="I431" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>552794</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
@@ -27697,104 +27700,104 @@
       <x:c r="K433" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>573428</x:v>
+        <x:v>615763</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>496630</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
@@ -27813,57 +27816,57 @@
       <x:c r="K435" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>615763</x:v>
+        <x:v>573428</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
@@ -27937,159 +27940,160 @@
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>542505</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
-      <x:c r="E438" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>541551</x:v>
+        <x:v>581339</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
+      <x:c r="E439" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>581339</x:v>
+        <x:v>541551</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
@@ -28214,51 +28218,51 @@
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>546573</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -28503,51 +28507,51 @@
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>546574</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
@@ -28581,291 +28585,291 @@
       <x:c r="S448" s="14" t="n">
         <x:v>593997</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>599464</x:v>
+        <x:v>608439</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>546</x:v>
-[...1 lines deleted...]
-      <x:c r="H450" s="14" t="s"/>
+        <x:v>502</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s">
+        <x:v>503</x:v>
+      </x:c>
       <x:c r="I450" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>558032</x:v>
+        <x:v>599464</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>547437</x:v>
+        <x:v>558032</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>261</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>608439</x:v>
+        <x:v>547437</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -28876,322 +28880,322 @@
         <x:v>507192</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>502387</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>502433</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>546</x:v>
-[...1 lines deleted...]
-      <x:c r="H456" s="14" t="s"/>
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
+        <x:v>214</x:v>
+      </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>607280</x:v>
+        <x:v>607864</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>495464</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>550</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>607864</x:v>
+        <x:v>607280</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
@@ -29289,51 +29293,51 @@
       <x:c r="T460" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
@@ -29405,249 +29409,249 @@
       <x:c r="S462" s="14" t="n">
         <x:v>556187</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>504953</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>599465</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>593977</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>606947</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
@@ -29757,51 +29761,51 @@
       <x:c r="T468" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
@@ -29815,197 +29819,197 @@
         <x:v>515168</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>555786</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>552306</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>605203</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
@@ -31279,492 +31283,492 @@
       <x:c r="S494" s="14" t="n">
         <x:v>501927</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>607788</x:v>
+        <x:v>545052</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>355</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>614684</x:v>
+        <x:v>607788</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="E497" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G497" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>556867</x:v>
+        <x:v>614684</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>468</x:v>
-[...1 lines deleted...]
-      <x:c r="H498" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I498" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>545052</x:v>
+        <x:v>556867</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="E499" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G499" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>603524</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>585590</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>539389</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>547711</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
@@ -31777,463 +31781,463 @@
       <x:c r="I503" s="4" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>535148</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>541547</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
+        <x:v>490</x:v>
+      </x:c>
+      <x:c r="J505" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K505" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L505" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M505" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N505" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O505" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P505" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
-      <x:c r="J505" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>501348</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>512876</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>560710</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>522099</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>602221</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>593972</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
@@ -32988,51 +32992,51 @@
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
@@ -33797,55 +33801,55 @@
         <x:v>593967</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
@@ -33891,51 +33895,51 @@
       <x:c r="L539" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>616219</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
@@ -34069,395 +34073,388 @@
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>604521</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
-      <x:c r="E543" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>601</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>556874</x:v>
+        <x:v>572474</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
-      <x:c r="E544" s="14" t="s"/>
+      <x:c r="E544" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>289</x:v>
-[...1 lines deleted...]
-      <x:c r="H544" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="H544" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="I544" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>572474</x:v>
+        <x:v>609671</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
-      <x:c r="E545" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
-        <x:v>347</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>546010</x:v>
+        <x:v>572473</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>545030</x:v>
+        <x:v>614648</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>601324</x:v>
+        <x:v>548861</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>550663</x:v>
+        <x:v>608376</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -34467,284 +34464,289 @@
       <x:c r="K549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>609671</x:v>
+        <x:v>556874</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
-      <x:c r="E550" s="14" t="s"/>
+      <x:c r="E550" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K550" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>572473</x:v>
+        <x:v>601324</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
+      <x:c r="E551" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G551" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>614648</x:v>
+        <x:v>550663</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>548861</x:v>
+        <x:v>545030</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>611</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>590</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>608376</x:v>
+        <x:v>546010</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
         <x:v>351</x:v>
@@ -34779,263 +34781,263 @@
       <x:c r="S554" s="14" t="n">
         <x:v>560179</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="I555" s="4" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>506137</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
-      <x:c r="E556" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>607416</x:v>
+        <x:v>593996</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>553795</x:v>
+        <x:v>607416</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
-      <x:c r="E558" s="14" t="s"/>
+      <x:c r="E558" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>612</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>593996</x:v>
+        <x:v>553795</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35067,611 +35069,612 @@
         <x:v>611108</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>553013</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
+      <x:c r="E561" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>593961</x:v>
+        <x:v>608912</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
-      <x:c r="E562" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>619</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>608912</x:v>
+        <x:v>593961</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>549472</x:v>
+        <x:v>603625</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H564" s="14" t="s"/>
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s">
+        <x:v>622</x:v>
+      </x:c>
       <x:c r="I564" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>603625</x:v>
+        <x:v>547372</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>621</x:v>
-[...2 lines deleted...]
-        <x:v>622</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>621</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>547372</x:v>
+        <x:v>549472</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>593998</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>608911</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>556511</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H569" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>504393</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35686,57 +35689,57 @@
       <x:c r="J570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>545470</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H571" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
@@ -35746,169 +35749,169 @@
       <x:c r="J571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>600310</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I572" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>556512</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>499322</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35925,51 +35928,51 @@
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>496912</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35982,51 +35985,51 @@
       <x:c r="J575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>496044</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -36041,51 +36044,51 @@
       <x:c r="J576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>601461</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>