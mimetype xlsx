--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -2995,159 +2995,161 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>496465</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>70</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>12549</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>555705</x:v>
+        <x:v>588328</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="C33" s="3" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C33" s="3" t="n">
+        <x:v>38351</x:v>
+      </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="J33" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>12549</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>588328</x:v>
+        <x:v>555705</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>36789</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>