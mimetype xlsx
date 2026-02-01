--- v1 (2026-02-01)
+++ v2 (2026-02-01)
@@ -290,92 +290,92 @@
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
-    <x:t>13090</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Informatique - Systèmes d’information et numérique</x:t>
   </x:si>
   <x:si>
-    <x:t>AIX EN PROVENCE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>M2i Skills</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Skills - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
@@ -539,80 +539,80 @@
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - informatique et cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor cybersécurité (Ynov)</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation Informatique - Bases Informatique</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert en cybersécurité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Système information</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention informatique parcours informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
-    <x:t>ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cyber sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Game Designer et Game Programmer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit du numérique parcours droit des industries culturelles et créatives</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement logiciel, mobile et loT (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
@@ -833,119 +833,119 @@
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Louis Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager en ingénierie informatique spécialisation développement sécurisé par applications (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture système information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention informatique parcours informatique générale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
-    <x:t>84000</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager en ingénierie informatique spécialisation développement sécurisé par applications (Apprentissage)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/20/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager en ingénierie informatique spécialisation cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2023 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager en ingénierie informatique parcours intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique spécialisation cybersécurité industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention IA - Intelligence Artificielle / AI - Artificial Intelligence</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
@@ -1019,86 +1019,86 @@
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>Langage Python</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur système DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>master mention réseaux et télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Protocole télécommunication</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager de la cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie du logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Génie logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager de la cybersécurité (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ingénieur spécialisé en sécurité pour les systèmes informatiques et les communications, diplômé d'Eurecom</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation à la carte  (Gestion de Projet Web)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion projet informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation à la carte  (Gestion de Projet Web)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
   </x:si>
   <x:si>
     <x:t>05105</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent d'altitude</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Renoir</x:t>
   </x:si>
   <x:si>
     <x:t>06802</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
@@ -1367,74 +1367,74 @@
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>83501</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>Linux : Initiation à l'utilisation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
+    <x:t>Linux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>My BS - My Business School La Valette</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE MY BS</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administration d'un serveur Linux</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
@@ -1562,65 +1562,65 @@
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité web (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>La Plateforme Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité cyber (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en informatique et système d'information spécificité IA (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Technicien datacenter</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Animer un programme de sensibilisation à la cybersécurité et à l’hygiène numérique (méthodologie Cyberpark)</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en informatique et système d'information</x:t>
   </x:si>
   <x:si>
-    <x:t>Technicien datacenter</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Windows 11 : Administration + Déploiement</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Descodeuses</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Femme , Handicapé , Public sans emploi</x:t>
@@ -2039,68 +2039,68 @@
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur de l'électronique et du numérique Yncréa Méditerranée spécialité électronique et informatique industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Marseille - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-13e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en infrastructures de données massives (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet système d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Ingénierie Informatique et Management</x:t>
   </x:si>
   <x:si>
     <x:t>4IM</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
@@ -2129,62 +2129,62 @@
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Esimed</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>Administration réseaux sécurité</x:t>
   </x:si>
   <x:si>
     <x:t>G-Sys</x:t>
   </x:si>
   <x:si>
     <x:t>13590</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
@@ -2195,230 +2195,230 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>M2i Scribtel - Scribtel Formation - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Dawan - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dawan|Dawan - Antenne Marseille|Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>EPITECH - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Data analyst : module expert</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>CentraleDigitalLab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intelligence artificielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie des systèmes d'information (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie informatique (systèmes et réseaux ou services et solutions logicielles)</x:t>
   </x:si>
   <x:si>
     <x:t>Ufip - Ufitech - Les Anglades</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>M2i Skills - Antenne Mougins</x:t>
   </x:si>
   <x:si>
-    <x:t>05/18/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>master mention innovation, entreprise et société</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
-    <x:t>CentraleDigitalLab</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/10/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée G Apollinaire</x:t>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>expert en études et développement du système d'information</x:t>
   </x:si>
   <x:si>
     <x:t>My digital school Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain - Module expert</x:t>
   </x:si>
   <x:si>
     <x:t>Blockchain</x:t>
   </x:si>
   <x:si>
     <x:t>Méditerranée Ordinateurs pour le Développement et l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
@@ -2690,63 +2690,63 @@
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité informatique parcours réalisation d'applications : conception, développement, validation (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité infrastructure et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>M2s Formation School</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
   </x:si>
   <x:si>
     <x:t>13741</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -4100,150 +4100,150 @@
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>509556</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="P16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="P16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>549760</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>535026</x:v>
+        <x:v>549760</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>87</x:v>
@@ -4255,105 +4255,105 @@
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>607732</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>597152</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -4362,51 +4362,51 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>603689</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -4416,51 +4416,51 @@
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>616479</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
@@ -4475,221 +4475,221 @@
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>575980</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>549737</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>549757</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35568</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>595930</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -4700,51 +4700,51 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>613177</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>130</x:v>
@@ -4752,51 +4752,51 @@
       <x:c r="I27" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31002</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>611205</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -4807,167 +4807,167 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>613436</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>534939</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>604973</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -4980,270 +4980,270 @@
       <x:c r="J31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>576314</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>556098</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>41238</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>606192</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>506863</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>597491</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -5254,51 +5254,51 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>613128</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -5308,697 +5308,696 @@
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>616380</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>581537</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C39" s="3" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>39586</x:v>
+      </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="J39" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>613434</x:v>
+        <x:v>615894</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>157</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592910</x:v>
+        <x:v>603821</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>110</x:v>
-[...2 lines deleted...]
-        <x:v>111</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>574908</x:v>
+        <x:v>606178</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>602360</x:v>
+        <x:v>603684</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>612632</x:v>
+        <x:v>603685</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="H44" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I44" s="16" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>615894</x:v>
+        <x:v>613126</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>603821</x:v>
+        <x:v>602360</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>164</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>75</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>606178</x:v>
+        <x:v>612632</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>603684</x:v>
+        <x:v>592910</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>97</x:v>
-[...1 lines deleted...]
-      <x:c r="C48" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C48" s="15" t="n">
+        <x:v>40116</x:v>
+      </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H48" s="14" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J48" s="14" t="s"/>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="J48" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>603685</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>613126</x:v>
+        <x:v>613434</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -6006,453 +6005,453 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>603819</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>506859</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>506864</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>13238</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>576313</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>606189</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>506861</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>506862</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -6463,157 +6462,157 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>602398</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>592951</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>592359</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6629,2340 +6628,2342 @@
       <x:c r="J61" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>571049</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>604978</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>550953</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>551044</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>549753</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>549758</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>549759</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>605010</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>605013</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>535024</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>551039</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>549752</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>506857</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>506858</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>506860</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>550745</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>550910</x:v>
+        <x:v>603817</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>550914</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="C81" s="3" t="s"/>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J81" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>592580</x:v>
+        <x:v>550914</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>613127</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>613174</x:v>
+        <x:v>613127</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>602361</x:v>
+        <x:v>613174</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>31002</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>611204</x:v>
+        <x:v>602361</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>130</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>612630</x:v>
+        <x:v>611204</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>613435</x:v>
+        <x:v>612630</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>205</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>605312</x:v>
+        <x:v>613435</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>605331</x:v>
+        <x:v>605312</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>83</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>534967</x:v>
+        <x:v>605331</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="C91" s="3" t="s"/>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>602359</x:v>
+        <x:v>534967</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>208</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>112</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>13238</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>576312</x:v>
+        <x:v>602359</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>209</x:v>
-[...1 lines deleted...]
-      <x:c r="C93" s="3" t="s"/>
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="n">
+        <x:v>38172</x:v>
+      </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="J93" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>71616</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>590132</x:v>
+        <x:v>576312</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>214</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>71616</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>523223</x:v>
+        <x:v>590132</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>179</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>182</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>609468</x:v>
+        <x:v>523223</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>74</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>181</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>549735</x:v>
+        <x:v>609468</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="C97" s="3" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D97" s="3" t="s"/>
+      <x:c r="E97" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>220</x:v>
-[...2 lines deleted...]
-        <x:v>221</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>534251</x:v>
+        <x:v>549735</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>534252</x:v>
+        <x:v>534251</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>183</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>594687</x:v>
+        <x:v>534252</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J100" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J100" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>603817</x:v>
+        <x:v>594687</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>613176</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>587305</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>125</x:v>
@@ -8970,51 +8971,51 @@
       <x:c r="I103" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>602394</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -9025,159 +9026,159 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>602397</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>612631</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>604997</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>229</x:v>
@@ -9194,51 +9195,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>594695</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>55</x:v>
@@ -9249,51 +9250,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>594676</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -9464,51 +9465,51 @@
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>594690</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9632,51 +9633,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>594682</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10123,273 +10124,273 @@
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>603707</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R125" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="R125" s="0" t="s">
+      <x:c r="S125" s="0" t="n">
+        <x:v>547223</x:v>
+      </x:c>
+      <x:c r="T125" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="U125" s="4" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>35435</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="H126" s="14" t="s">
+      <x:c r="I126" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="I126" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>31009</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="P126" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="P126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q126" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R126" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="R126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>510429</x:v>
+        <x:v>611489</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="U126" s="16" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R127" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="R127" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>547223</x:v>
+        <x:v>510429</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R128" s="14" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>446095</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>125</x:v>
@@ -10397,730 +10398,728 @@
       <x:c r="I129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>602423</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H130" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>603712</x:v>
+        <x:v>613145</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>613145</x:v>
+        <x:v>603712</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35435</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31009</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q132" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R132" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="S132" s="14" t="n">
+        <x:v>471084</x:v>
+      </x:c>
+      <x:c r="T132" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="Q132" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>35435</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>31009</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R133" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="R133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>471084</x:v>
+        <x:v>588395</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R134" s="14" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>564562</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R135" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>510493</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R136" s="14" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>549272</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R137" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>510433</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C138" s="15" t="s"/>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C138" s="15" t="n">
+        <x:v>39485</x:v>
+      </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J138" s="14" t="s"/>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="J138" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>11052</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>603849</x:v>
+        <x:v>597722</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>279</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>259</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>11052</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R139" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="R139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>597722</x:v>
+        <x:v>603849</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>613197</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>612701</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -11131,224 +11130,224 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>602378</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R143" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>614700</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R144" s="14" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>547219</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>613453</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
@@ -11422,90 +11421,90 @@
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>594698</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>592356</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
@@ -11515,51 +11514,51 @@
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>592357</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
@@ -11644,51 +11643,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>596938</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>55</x:v>
@@ -11699,51 +11698,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>594668</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -12205,210 +12204,210 @@
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>591993</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>35419</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
-      <x:c r="E162" s="14" t="s"/>
+      <x:c r="E162" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>31057</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>559244</x:v>
+        <x:v>608662</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>40246</x:v>
+        <x:v>35419</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>31057</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>613757</x:v>
+        <x:v>559244</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>608662</x:v>
+        <x:v>613757</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -12424,51 +12423,51 @@
       <x:c r="M165" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>613731</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39907</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -12481,59 +12480,59 @@
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>595013</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>106</x:v>
@@ -12546,162 +12545,162 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>608661</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>40246</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>578846</x:v>
+        <x:v>578825</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>36061</x:v>
+        <x:v>40246</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>30812</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>578825</x:v>
+        <x:v>578846</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40246</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>106</x:v>
@@ -12711,153 +12710,152 @@
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>562795</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C171" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>302</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>592283</x:v>
+        <x:v>616704</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>324</x:v>
-[...1 lines deleted...]
-      <x:c r="C172" s="15" t="s"/>
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C172" s="15" t="n">
+        <x:v>39490</x:v>
+      </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>299</x:v>
-[...1 lines deleted...]
-      <x:c r="J172" s="14" t="s"/>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="J172" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>31094</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>616704</x:v>
+        <x:v>592283</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
@@ -12865,51 +12863,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>594684</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>100</x:v>
@@ -13344,51 +13342,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>594662</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>101</x:v>
@@ -13930,104 +13928,104 @@
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>594681</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>592938</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14210,51 +14208,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>543577</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>55</x:v>
@@ -14265,51 +14263,51 @@
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>594671</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>100</x:v>
@@ -14470,112 +14468,112 @@
       <x:c r="K203" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>602370</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>613137</x:v>
+        <x:v>602370</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>101</x:v>
@@ -14742,152 +14740,152 @@
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>594692</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>613131</x:v>
+        <x:v>613180</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>613180</x:v>
+        <x:v>613131</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>99</x:v>
@@ -15216,51 +15214,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>594683</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>100</x:v>
@@ -15795,51 +15793,51 @@
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>594693</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>106</x:v>
@@ -15949,51 +15947,51 @@
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>594678</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
@@ -16111,51 +16109,51 @@
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>594680</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>101</x:v>
@@ -16585,51 +16583,51 @@
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>594663</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>100</x:v>
@@ -16761,86 +16759,89 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>614634</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H247" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>603701</x:v>
+        <x:v>602369</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -16851,158 +16852,155 @@
       <x:c r="K248" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>603835</x:v>
+        <x:v>613445</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>613445</x:v>
+        <x:v>603701</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>602369</x:v>
+        <x:v>603835</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
@@ -17085,51 +17083,51 @@
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>608109</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>101</x:v>
@@ -17306,51 +17304,51 @@
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
@@ -17358,51 +17356,51 @@
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>594673</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -17415,51 +17413,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>596940</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -17475,51 +17473,51 @@
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>543534</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>412</x:v>
@@ -17651,51 +17649,51 @@
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>594670</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
@@ -17853,109 +17851,109 @@
       <x:c r="K266" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>613452</x:v>
+        <x:v>603848</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>603848</x:v>
+        <x:v>613452</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>100</x:v>
@@ -17974,144 +17972,144 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>613196</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>602377</x:v>
+        <x:v>602421</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>602421</x:v>
+        <x:v>602377</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>183</x:v>
@@ -18125,51 +18123,51 @@
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>594669</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>100</x:v>
@@ -18188,147 +18186,148 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>602405</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>603698</x:v>
+        <x:v>613185</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>613185</x:v>
+        <x:v>603698</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -18591,51 +18590,51 @@
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>592355</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
@@ -18713,51 +18712,51 @@
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>594667</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
@@ -18765,51 +18764,51 @@
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>594665</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
@@ -18925,474 +18924,474 @@
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>603700</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
-      <x:c r="E287" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H287" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>433</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>598916</x:v>
+        <x:v>603834</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>436</x:v>
-[...1 lines deleted...]
-      <x:c r="H288" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I288" s="16" t="s">
-        <x:v>433</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>597153</x:v>
+        <x:v>613186</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>606644</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C290" s="15" t="s"/>
+        <x:v>437</x:v>
+      </x:c>
+      <x:c r="C290" s="15" t="n">
+        <x:v>37346</x:v>
+      </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J290" s="14" t="s"/>
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="J290" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>603834</x:v>
+        <x:v>597153</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="C291" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C291" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D291" s="3" t="s"/>
+      <x:c r="E291" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G291" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="J291" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>613186</x:v>
+        <x:v>598916</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>128</x:v>
-[...1 lines deleted...]
-      <x:c r="C292" s="15" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C292" s="15" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>131</x:v>
-[...1 lines deleted...]
-      <x:c r="J292" s="14" t="s"/>
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="J292" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K292" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>31002</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>611207</x:v>
+        <x:v>558396</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H293" s="0" t="s">
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>433</x:v>
-[...2 lines deleted...]
-        <x:v>26</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31002</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>558396</x:v>
+        <x:v>611207</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>556597</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>124</x:v>
@@ -19532,77 +19531,77 @@
       <x:c r="R297" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>613443</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>606599</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>124</x:v>
@@ -19692,401 +19691,401 @@
       <x:c r="R300" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>602368</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>558368</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>558379</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31032</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>570565</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>607297</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>607298</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>607296</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>510084</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
@@ -20166,144 +20165,144 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>603678</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>613169</x:v>
+        <x:v>613430</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>613430</x:v>
+        <x:v>613169</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -20963,254 +20962,254 @@
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>594672</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>603862</x:v>
+        <x:v>613150</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>613150</x:v>
+        <x:v>603862</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>579574</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>592284</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
@@ -21220,51 +21219,51 @@
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>592353</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
@@ -21452,51 +21451,51 @@
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>594661</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
@@ -22326,51 +22325,51 @@
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>606800</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
@@ -22383,51 +22382,51 @@
       <x:c r="G351" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>579573</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
@@ -22497,51 +22496,51 @@
       <x:c r="G353" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
@@ -22779,232 +22778,232 @@
       <x:c r="B358" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>599360</x:v>
+        <x:v>600777</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="U358" s="16" t="s">
         <x:v>498</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>500</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="J359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>584264</x:v>
+        <x:v>599360</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>584272</x:v>
+        <x:v>584264</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="C361" s="3" t="s"/>
+      <x:c r="C361" s="3" t="n">
+        <x:v>40573</x:v>
+      </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
+      <x:c r="J361" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>600777</x:v>
+        <x:v>584272</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
@@ -23146,51 +23145,51 @@
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>499583</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
@@ -23272,57 +23271,57 @@
       <x:c r="K367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>605580</x:v>
+        <x:v>553577</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
@@ -23331,57 +23330,57 @@
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>553577</x:v>
+        <x:v>605580</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -23475,51 +23474,51 @@
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>500174</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
@@ -23649,62 +23648,62 @@
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
@@ -23811,51 +23810,51 @@
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>581511</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -23928,51 +23927,51 @@
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>500700</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
@@ -24183,330 +24182,330 @@
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>595213</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>500134</x:v>
+        <x:v>599355</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>599355</x:v>
+        <x:v>599358</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>599358</x:v>
+        <x:v>505638</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>530</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>505638</x:v>
+        <x:v>500134</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>500683</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
@@ -24519,51 +24518,51 @@
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>584265</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>40573</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>30854</x:v>
@@ -24621,99 +24620,99 @@
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>498751</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>574911</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
@@ -24730,51 +24729,51 @@
       <x:c r="I394" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>568842</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
@@ -24790,51 +24789,51 @@
       <x:c r="I395" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>568843</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
@@ -24843,57 +24842,57 @@
       <x:c r="G396" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>574912</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
@@ -25450,51 +25449,51 @@
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>609471</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
@@ -25508,160 +25507,159 @@
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>611741</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
-      <x:c r="E409" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>552</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>605529</x:v>
+        <x:v>596941</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s"/>
+      <x:c r="E410" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>568</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>596941</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
@@ -25669,51 +25667,51 @@
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>594679</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>55</x:v>
@@ -25724,169 +25722,169 @@
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>594674</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>611092</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -25919,138 +25917,138 @@
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
@@ -26062,54 +26060,54 @@
       <x:c r="H418" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
@@ -26119,54 +26117,54 @@
       <x:c r="H419" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
@@ -26178,54 +26176,54 @@
       <x:c r="H420" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>575009</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
@@ -26235,54 +26233,54 @@
       <x:c r="H421" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
@@ -26294,54 +26292,54 @@
       <x:c r="H422" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
@@ -26351,116 +26349,116 @@
       <x:c r="G423" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>504739</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>581574</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
@@ -26488,51 +26486,51 @@
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>501632</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>412</x:v>
@@ -26653,54 +26651,54 @@
       <x:c r="H428" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
@@ -26710,54 +26708,54 @@
       <x:c r="H429" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
@@ -26779,96 +26777,96 @@
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>553598</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>549374</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
@@ -26886,54 +26884,54 @@
       <x:c r="H432" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
@@ -26966,141 +26964,141 @@
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>575556</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>574909</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>573023</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
@@ -27189,93 +27187,93 @@
       <x:c r="L437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>557047</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>594211</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
@@ -27291,54 +27289,54 @@
       <x:c r="H439" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>574942</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
@@ -27350,54 +27348,54 @@
       <x:c r="H440" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
@@ -27465,222 +27463,222 @@
       <x:c r="G442" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>549375</x:v>
+        <x:v>504740</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>612</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>504740</x:v>
+        <x:v>549375</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>592286</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>592285</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
@@ -27707,87 +27705,87 @@
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>594656</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>592351</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
@@ -27911,51 +27909,51 @@
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>592354</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
@@ -28094,51 +28092,51 @@
       <x:c r="M453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>592404</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28240,69 +28238,69 @@
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
@@ -28310,51 +28308,51 @@
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>594694</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
@@ -28363,100 +28361,100 @@
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>594658</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>592911</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
@@ -28465,51 +28463,51 @@
       <x:c r="M460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
@@ -28517,51 +28515,51 @@
       <x:c r="M461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>594696</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28574,51 +28572,51 @@
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -28628,51 +28626,51 @@
       <x:c r="M463" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>592084</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
@@ -28681,51 +28679,51 @@
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>594244</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -28735,51 +28733,51 @@
       <x:c r="M465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>591931</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>55</x:v>
@@ -28790,51 +28788,51 @@
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>594666</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
@@ -28842,51 +28840,51 @@
       <x:c r="M467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>594697</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -29010,51 +29008,51 @@
       <x:c r="M470" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>596939</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -29125,51 +29123,51 @@
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>501082</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -29243,389 +29241,387 @@
       <x:c r="L474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>451268</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
-      <x:c r="E475" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G475" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H475" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>500792</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s"/>
+      <x:c r="E476" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>110</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>574913</x:v>
+        <x:v>500792</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="R477" s="0" t="s">
         <x:v>657</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>39585</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
-      <x:c r="E478" s="14" t="s"/>
+      <x:c r="E478" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="H478" s="14" t="s"/>
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s">
+        <x:v>669</x:v>
+      </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>591932</x:v>
+        <x:v>546298</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>39585</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
-      <x:c r="E479" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>668</x:v>
-[...2 lines deleted...]
-        <x:v>669</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>546298</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="R480" s="14" t="s">
         <x:v>657</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>601759</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>674</x:v>
@@ -29636,51 +29632,51 @@
       <x:c r="J481" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>615187</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
@@ -29689,111 +29685,111 @@
       <x:c r="H482" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>24356</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>575008</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="R483" s="0" t="s">
         <x:v>657</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>659</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>571770</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
@@ -29802,325 +29798,325 @@
         <x:v>618</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>594675</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="E487" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>580913</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -30128,120 +30124,120 @@
       <x:c r="G490" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>600355</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
@@ -30254,297 +30250,297 @@
       <x:c r="J492" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>571008</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>546300</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>600354</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
-        <x:v>34408</x:v>
+        <x:v>37638</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="E495" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G495" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="Q495" s="4" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="R495" s="0" t="s">
+        <x:v>657</x:v>
+      </x:c>
+      <x:c r="S495" s="0" t="n">
+        <x:v>554510</x:v>
+      </x:c>
+      <x:c r="T495" s="4" t="s">
+        <x:v>541</x:v>
+      </x:c>
+      <x:c r="U495" s="4" t="s">
         <x:v>687</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
-        <x:v>37638</x:v>
+        <x:v>34408</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>657</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>618</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>554510</x:v>
+        <x:v>501620</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>101</x:v>
@@ -30975,51 +30971,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>594677</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>100</x:v>
@@ -31548,156 +31544,155 @@
       <x:c r="K516" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>613190</x:v>
+        <x:v>602415</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>602415</x:v>
+        <x:v>612695</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H518" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H518" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>612695</x:v>
+        <x:v>613190</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>99</x:v>
@@ -31774,147 +31769,148 @@
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>613139</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H521" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>603705</x:v>
+        <x:v>613447</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>613447</x:v>
+        <x:v>603705</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>101</x:v>
@@ -31941,153 +31937,153 @@
         <x:v>603838</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>39237</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I524" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>602874</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>39237</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H525" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>602339</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
@@ -32275,411 +32271,413 @@
       <x:c r="M529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>555058</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="C530" s="15" t="s"/>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s"/>
       <x:c r="I530" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
-      <x:c r="J530" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J530" s="14" t="s"/>
       <x:c r="K530" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>581515</x:v>
+        <x:v>500701</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
-        <x:v>526</x:v>
-[...1 lines deleted...]
-      <x:c r="C531" s="3" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C531" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
+      <x:c r="J531" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K531" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="Q531" s="4" t="s">
+        <x:v>504</x:v>
+      </x:c>
+      <x:c r="R531" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="Q531" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>500701</x:v>
+        <x:v>581515</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>603858</x:v>
+        <x:v>500175</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="Q533" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R533" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="Q533" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>505351</x:v>
+        <x:v>500413</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s"/>
       <x:c r="K534" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
-        <x:v>31021</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="Q534" s="16" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R534" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="Q534" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>500175</x:v>
+        <x:v>505351</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H535" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q535" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R535" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="Q535" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>500413</x:v>
+        <x:v>603858</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>597192</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="F537" s="0" t="s">
         <x:v>716</x:v>
@@ -32693,2164 +32691,2164 @@
       <x:c r="I537" s="4" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>583894</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="C538" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>725</x:v>
-[...1 lines deleted...]
-      <x:c r="H538" s="14" t="s"/>
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="H538" s="14" t="s">
+        <x:v>674</x:v>
+      </x:c>
       <x:c r="I538" s="16" t="s">
-        <x:v>726</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="J538" s="14" t="s"/>
       <x:c r="K538" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>598491</x:v>
+        <x:v>546146</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>728</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
-        <x:v>536</x:v>
-[...2 lines deleted...]
-        <x:v>537</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>580870</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="U539" s="4" t="s">
         <x:v>731</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>36197</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>734</x:v>
-[...1 lines deleted...]
-      <x:c r="H540" s="14" t="s"/>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="H540" s="14" t="s">
+        <x:v>537</x:v>
+      </x:c>
       <x:c r="I540" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="Q540" s="16" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="R540" s="14" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="S540" s="14" t="n">
+        <x:v>580870</x:v>
+      </x:c>
+      <x:c r="T540" s="16" t="s">
         <x:v>734</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>707</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
-      <x:c r="E541" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>607731</x:v>
+        <x:v>589941</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>36197</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>587738</x:v>
+        <x:v>497067</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>41129</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>589941</x:v>
+        <x:v>587738</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>549300</x:v>
+        <x:v>607731</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="Q545" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R545" s="0" t="s">
         <x:v>710</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>500678</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>41077</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s"/>
+      <x:c r="E546" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
-        <x:v>13054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>743</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>606182</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
-        <x:v>35284</x:v>
+        <x:v>41077</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>595214</x:v>
+        <x:v>606182</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>744</x:v>
-[...1 lines deleted...]
-      <x:c r="C548" s="15" t="s"/>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="C548" s="15" t="n">
+        <x:v>35284</x:v>
+      </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>673</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
-        <x:v>636</x:v>
-[...1 lines deleted...]
-      <x:c r="J548" s="14" t="s"/>
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="J548" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K548" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
-        <x:v>31028</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>673</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
-        <x:v>636</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>569877</x:v>
+        <x:v>595214</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>746</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31028</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
-        <x:v>613455</x:v>
+        <x:v>569877</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>104</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
-        <x:v>734</x:v>
-[...1 lines deleted...]
-      <x:c r="H550" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H550" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I550" s="16" t="s">
-        <x:v>711</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
-        <x:v>545465</x:v>
+        <x:v>613455</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
-        <x:v>747</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>744</x:v>
-[...1 lines deleted...]
-      <x:c r="C551" s="3" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C551" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
-        <x:v>673</x:v>
-[...2 lines deleted...]
-        <x:v>674</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="J551" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
-        <x:v>31028</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
-        <x:v>745</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>546146</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="U551" s="4" t="s">
         <x:v>748</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>578115</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>713</x:v>
+      </x:c>
+      <x:c r="J553" s="0" t="s">
+        <x:v>183</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>602380</x:v>
+        <x:v>594688</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s"/>
       <x:c r="K554" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="Q554" s="16" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R554" s="14" t="s">
         <x:v>710</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>499585</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>602426</x:v>
+        <x:v>602380</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>750</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
-      <x:c r="E556" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J556" s="14" t="s"/>
       <x:c r="K556" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>453837</x:v>
+        <x:v>602426</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>753</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
+      <x:c r="E557" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G557" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="H557" s="0" t="s">
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>545464</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
-      <x:c r="E558" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>542192</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="U558" s="16" t="s">
         <x:v>755</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>746</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>41129</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
+      <x:c r="E559" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>589942</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>740</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>223</x:v>
-[...1 lines deleted...]
-      <x:c r="C560" s="15" t="s"/>
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C560" s="15" t="n">
+        <x:v>38114</x:v>
+      </x:c>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s"/>
+      <x:c r="E560" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>756</x:v>
-[...1 lines deleted...]
-      <x:c r="H560" s="14" t="s"/>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="H560" s="14" t="s">
+        <x:v>537</x:v>
+      </x:c>
       <x:c r="I560" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>594688</x:v>
+        <x:v>568839</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>38114</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>536</x:v>
+      </x:c>
+      <x:c r="H561" s="0" t="s">
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>25</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>741</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>601256</x:v>
+        <x:v>568840</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>757</x:v>
+        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>38114</x:v>
+        <x:v>41129</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
-      <x:c r="E562" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>536</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>568839</x:v>
+        <x:v>589942</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>38114</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>536</x:v>
-[...2 lines deleted...]
-        <x:v>537</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
+        <x:v>744</x:v>
+      </x:c>
+      <x:c r="Q563" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R563" s="0" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="S563" s="0" t="n">
+        <x:v>601256</x:v>
+      </x:c>
+      <x:c r="T563" s="4" t="s">
+        <x:v>500</x:v>
+      </x:c>
+      <x:c r="U563" s="4" t="s">
         <x:v>758</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>542</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>595</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>734</x:v>
-[...1 lines deleted...]
-      <x:c r="H564" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H564" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I564" s="16" t="s">
-        <x:v>711</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>545502</x:v>
+        <x:v>613199</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>759</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C565" s="3" t="s"/>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>612703</x:v>
+        <x:v>500135</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="C566" s="15" t="s"/>
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="C566" s="15" t="n">
+        <x:v>38117</x:v>
+      </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J566" s="14" t="s"/>
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="J566" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>613199</x:v>
+        <x:v>545502</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>759</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C567" s="3" t="s"/>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="Q567" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R567" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
-      <x:c r="Q567" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>500135</x:v>
+        <x:v>612703</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>40363</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>592546</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40612</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
-      <x:c r="E569" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G569" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>601940</x:v>
+        <x:v>592577</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C570" s="15" t="s"/>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="I570" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s"/>
       <x:c r="K570" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>31028</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
         <x:v>598282</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>598490</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
-        <x:v>40612</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
-      <x:c r="E572" s="14" t="s"/>
+      <x:c r="E572" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R572" s="14" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="S572" s="14" t="n">
+        <x:v>601940</x:v>
+      </x:c>
+      <x:c r="T572" s="16" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="U572" s="16" t="s">
         <x:v>767</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>754</x:v>
+        <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>599461</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>500794</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C576" s="15" t="s"/>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="G576" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s">
         <x:v>718</x:v>
@@ -34859,158 +34857,158 @@
         <x:v>719</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s"/>
       <x:c r="K576" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>31004</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>583890</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>599724</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
         <x:v>775</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C578" s="15" t="s"/>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s"/>
       <x:c r="K578" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="Q578" s="16" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R578" s="14" t="s">
         <x:v>710</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>500684</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C579" s="3" t="s"/>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H579" s="0" t="s">
         <x:v>125</x:v>
@@ -35018,51 +35016,51 @@
       <x:c r="I579" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>613147</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C580" s="15" t="s"/>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -35071,100 +35069,100 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s"/>
       <x:c r="K580" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>603715</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C581" s="3" t="s"/>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="Q581" s="4" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="R581" s="0" t="s">
         <x:v>710</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>709</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>505639</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35173,111 +35171,111 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>599475</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -35286,471 +35284,471 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>601236</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>614355</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>731</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>588341</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>38296</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>597443</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>453831</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>35511</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>31011</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>453836</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>599725</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>711</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>747</x:v>
+        <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>55</x:v>
@@ -35761,100 +35759,100 @@
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>594699</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C593" s="3" t="s"/>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35898,122 +35896,122 @@
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C595" s="3" t="s"/>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>28</x:v>
@@ -36021,90 +36019,90 @@
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>594689</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
         <x:v>592358</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
@@ -36191,51 +36189,51 @@
       <x:c r="L600" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C601" s="3" t="s"/>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="H601" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>100</x:v>
@@ -36534,51 +36532,51 @@
       <x:c r="L606" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
         <x:v>802</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="G607" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="H607" s="0" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
@@ -36992,51 +36990,51 @@
       <x:c r="M614" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
         <x:v>615664</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>101</x:v>
@@ -37584,51 +37582,51 @@
       <x:c r="M625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>604383</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -37641,51 +37639,51 @@
       <x:c r="M626" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>588537</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>101</x:v>
@@ -38750,51 +38748,51 @@
       <x:c r="M647" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
         <x:v>594686</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I648" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>100</x:v>
@@ -38813,144 +38811,144 @@
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>603811</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>602390</x:v>
+        <x:v>602356</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C650" s="15" t="s"/>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I650" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s"/>
       <x:c r="K650" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>602356</x:v>
+        <x:v>602390</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C651" s="3" t="s"/>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="G651" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>100</x:v>
@@ -39121,51 +39119,51 @@
       <x:c r="M654" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
         <x:v>594243</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C655" s="3" t="s"/>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>28</x:v>
@@ -39173,51 +39171,51 @@
       <x:c r="M655" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>594664</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C656" s="15" t="s"/>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I656" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s"/>
       <x:c r="K656" s="14" t="s">
         <x:v>100</x:v>
@@ -39719,75 +39717,75 @@
       <x:c r="T665" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
         <x:v>606190</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C667" s="3" t="n">
         <x:v>35511</x:v>
       </x:c>
       <x:c r="D667" s="3" t="s"/>
@@ -39874,138 +39872,138 @@
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
         <x:v>596796</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>606179</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C670" s="15" t="s"/>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s"/>
       <x:c r="K670" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>597492</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>35457</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
@@ -40035,88 +40033,88 @@
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>596799</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>615895</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C673" s="3" t="s"/>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>842</x:v>
@@ -40133,51 +40131,51 @@
       <x:c r="M673" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>594655</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C674" s="15" t="s"/>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s"/>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s"/>
       <x:c r="I674" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s"/>
       <x:c r="K674" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
@@ -40204,149 +40202,149 @@
       <x:c r="S674" s="14" t="n">
         <x:v>612708</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s"/>
       <x:c r="I676" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>535027</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>40744</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -40482,182 +40480,182 @@
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>550304</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M680" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N680" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O680" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P680" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q680" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R680" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S680" s="14" t="n">
-        <x:v>550746</x:v>
+        <x:v>534941</x:v>
       </x:c>
       <x:c r="T680" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U680" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="681" spans="1:21">
       <x:c r="A681" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B681" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C681" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D681" s="3" t="s"/>
       <x:c r="E681" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G681" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I681" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J681" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K681" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L681" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M681" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N681" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O681" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P681" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q681" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R681" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S681" s="0" t="n">
-        <x:v>534941</x:v>
+        <x:v>550746</x:v>
       </x:c>
       <x:c r="T681" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U681" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="682" spans="1:21">
       <x:c r="A682" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B682" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C682" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D682" s="15" t="s"/>
       <x:c r="E682" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F682" s="14" t="s"/>
       <x:c r="G682" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H682" s="14" t="s"/>
       <x:c r="I682" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J682" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K682" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L682" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M682" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N682" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O682" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P682" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q682" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
@@ -40759,75 +40757,75 @@
       <x:c r="L684" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>850</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>451269</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
@@ -40838,148 +40836,148 @@
         <x:v>551041</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
         <x:v>535023</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C688" s="15" t="s"/>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s"/>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I688" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s"/>
       <x:c r="K688" s="14" t="s">
         <x:v>100</x:v>
@@ -41050,148 +41048,147 @@
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
         <x:v>602385</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C690" s="15" t="s"/>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s"/>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H690" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H690" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I690" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s"/>
       <x:c r="K690" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
-        <x:v>603720</x:v>
+        <x:v>613204</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C691" s="3" t="s"/>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="G691" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>613204</x:v>
+        <x:v>603720</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s"/>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41201,51 +41198,51 @@
       <x:c r="L692" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>544832</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -41277,589 +41274,588 @@
         <x:v>616027</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>855</x:v>
-[...1 lines deleted...]
-      <x:c r="C695" s="3" t="s"/>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C695" s="3" t="n">
+        <x:v>37744</x:v>
+      </x:c>
       <x:c r="D695" s="3" t="s"/>
+      <x:c r="E695" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J695" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>596819</x:v>
+        <x:v>550955</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C696" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D696" s="15" t="s"/>
       <x:c r="E696" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J696" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K696" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>550955</x:v>
+        <x:v>550915</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>201</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C697" s="3" t="s"/>
       <x:c r="D697" s="3" t="s"/>
-      <x:c r="E697" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G697" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H697" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>550915</x:v>
+        <x:v>613460</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>36469</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
       <x:c r="E698" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>534966</x:v>
+        <x:v>534876</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>653</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>855</x:v>
+      </x:c>
+      <x:c r="C699" s="3" t="s"/>
       <x:c r="D699" s="3" t="s"/>
-      <x:c r="E699" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G699" s="0" t="s">
-        <x:v>410</x:v>
-[...2 lines deleted...]
-        <x:v>411</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
-        <x:v>412</x:v>
-[...2 lines deleted...]
-        <x:v>41</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
-        <x:v>848</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
-        <x:v>850</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>501083</x:v>
+        <x:v>596819</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C700" s="15" t="s"/>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C700" s="15" t="n">
+        <x:v>36296</x:v>
+      </x:c>
       <x:c r="D700" s="15" t="s"/>
-      <x:c r="E700" s="14" t="s"/>
+      <x:c r="E700" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="H700" s="14" t="s"/>
       <x:c r="I700" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J700" s="14" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="J700" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K700" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>613460</x:v>
+        <x:v>534966</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>854</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
-        <x:v>36469</x:v>
+        <x:v>38321</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="E701" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G701" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="H701" s="0" t="s">
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
-        <x:v>846</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>534876</x:v>
+        <x:v>501083</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C702" s="15" t="s"/>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="H702" s="14" t="s"/>
       <x:c r="I702" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s"/>
       <x:c r="K702" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C703" s="3" t="s"/>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
         <x:v>592950</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C704" s="15" t="s"/>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s"/>
       <x:c r="K704" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
@@ -41868,51 +41864,51 @@
       <x:c r="M704" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C705" s="3" t="s"/>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
         <x:v>28</x:v>
@@ -41920,104 +41916,104 @@
       <x:c r="M705" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
         <x:v>594691</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C706" s="15" t="s"/>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s"/>
       <x:c r="K706" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
       <x:c r="G707" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -42527,191 +42523,191 @@
       <x:c r="T716" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="E717" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G717" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
         <x:v>448036</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>549714</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="E719" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>605086</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
         <x:v>35419</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
@@ -42720,90 +42716,90 @@
       </x:c>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H720" s="14" t="s"/>
       <x:c r="I720" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J720" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
         <x:v>31057</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
         <x:v>509865</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
       <x:c r="E721" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G721" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H721" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -42817,114 +42813,114 @@
         <x:v>603414</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I722" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
         <x:v>453843</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
-        <x:v>753</x:v>
+        <x:v>754</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="E723" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -42942,147 +42938,147 @@
       </x:c>
       <x:c r="U723" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
       <x:c r="E724" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="H724" s="14" t="s"/>
       <x:c r="I724" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J724" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K724" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
         <x:v>605073</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
       <x:c r="E725" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G725" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H725" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
         <x:v>603428</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C726" s="15" t="s"/>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s"/>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I726" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s"/>
       <x:c r="K726" s="14" t="s">
         <x:v>100</x:v>
@@ -43219,332 +43215,334 @@
       <x:c r="T728" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="E729" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
         <x:v>549705</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
-        <x:v>870</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C730" s="15" t="s"/>
       <x:c r="D730" s="15" t="s"/>
-      <x:c r="E730" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E730" s="14" t="s"/>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H730" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I730" s="16" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J730" s="14" t="s"/>
       <x:c r="K730" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N730" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O730" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P730" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
-        <x:v>554881</x:v>
+        <x:v>613148</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>446</x:v>
-[...1 lines deleted...]
-      <x:c r="C731" s="3" t="s"/>
+        <x:v>870</x:v>
+      </x:c>
+      <x:c r="C731" s="3" t="n">
+        <x:v>35475</x:v>
+      </x:c>
       <x:c r="D731" s="3" t="s"/>
+      <x:c r="E731" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G731" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="H731" s="0" t="s">
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="J731" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
-        <x:v>606799</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I732" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
         <x:v>603415</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C733" s="3" t="s"/>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="G733" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
-        <x:v>613148</x:v>
+        <x:v>606799</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I734" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -43560,506 +43558,508 @@
       <x:c r="T734" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="E735" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G735" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>549706</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
-        <x:v>870</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C736" s="15" t="s"/>
       <x:c r="D736" s="15" t="s"/>
-      <x:c r="E736" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E736" s="14" t="s"/>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
-        <x:v>751</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H736" s="14" t="s">
-        <x:v>752</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I736" s="16" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J736" s="14" t="s"/>
       <x:c r="K736" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
-        <x:v>603416</x:v>
+        <x:v>603846</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>873</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
       <x:c r="E737" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G737" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>752</x:v>
+      </x:c>
+      <x:c r="H737" s="0" t="s">
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I737" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="J737" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
-        <x:v>767</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
-        <x:v>605066</x:v>
+        <x:v>603416</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>870</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="C738" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D738" s="15" t="s"/>
       <x:c r="E738" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
-        <x:v>751</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="H738" s="14" t="s"/>
       <x:c r="I738" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
-        <x:v>554815</x:v>
+        <x:v>605066</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
       <x:c r="E739" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G739" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H739" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J739" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
-        <x:v>554883</x:v>
+        <x:v>554815</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="C740" s="15" t="s"/>
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="C740" s="15" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D740" s="15" t="s"/>
-      <x:c r="E740" s="14" t="s"/>
+      <x:c r="E740" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I740" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J740" s="14" t="s"/>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="J740" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K740" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>602381</x:v>
+        <x:v>554883</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C741" s="3" t="s"/>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H741" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>612704</x:v>
+        <x:v>602381</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C742" s="15" t="s"/>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H742" s="14" t="s"/>
       <x:c r="I742" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s"/>
       <x:c r="K742" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
-        <x:v>613200</x:v>
+        <x:v>612704</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="E743" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H743" s="0" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -44112,843 +44112,845 @@
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
         <x:v>608149</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>473</x:v>
-[...1 lines deleted...]
-      <x:c r="C745" s="3" t="s"/>
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="C745" s="3" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D745" s="3" t="s"/>
+      <x:c r="E745" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G745" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="J745" s="0" t="s">
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
-        <x:v>31089</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>608147</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
-        <x:v>873</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C746" s="15" t="s"/>
       <x:c r="D746" s="15" t="s"/>
-      <x:c r="E746" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s"/>
       <x:c r="I746" s="16" t="s">
-        <x:v>767</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="J746" s="14" t="s"/>
       <x:c r="K746" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>549713</x:v>
+        <x:v>603716</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C747" s="3" t="s"/>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H747" s="0" t="s">
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>603716</x:v>
+        <x:v>613200</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>783</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="C748" s="15" t="s"/>
       <x:c r="D748" s="15" t="s"/>
-      <x:c r="E748" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
-        <x:v>751</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="H748" s="14" t="s"/>
       <x:c r="I748" s="16" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="J748" s="14" t="s"/>
       <x:c r="K748" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>603429</x:v>
+        <x:v>608147</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C749" s="3" t="s"/>
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="C749" s="3" t="n">
+        <x:v>35455</x:v>
+      </x:c>
       <x:c r="D749" s="3" t="s"/>
+      <x:c r="E749" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G749" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="H749" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="J749" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
-        <x:v>603812</x:v>
+        <x:v>603429</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C750" s="15" t="s"/>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I750" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s"/>
       <x:c r="K750" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
-        <x:v>613432</x:v>
+        <x:v>603812</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C751" s="3" t="s"/>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H751" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>602357</x:v>
+        <x:v>613432</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C752" s="15" t="s"/>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H752" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H752" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I752" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s"/>
       <x:c r="K752" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
-        <x:v>612628</x:v>
+        <x:v>602357</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C753" s="3" t="s"/>
       <x:c r="D753" s="3" t="s"/>
       <x:c r="G753" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I753" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K753" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L753" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M753" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
-        <x:v>602391</x:v>
+        <x:v>612628</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C754" s="15" t="s"/>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s"/>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="H754" s="14" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H754" s="14" t="s">
+        <x:v>125</x:v>
+      </x:c>
       <x:c r="I754" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J754" s="14" t="s"/>
       <x:c r="K754" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L754" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M754" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
-        <x:v>603681</x:v>
+        <x:v>602391</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C755" s="3" t="s"/>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="G755" s="0" t="s">
-        <x:v>124</x:v>
-[...2 lines deleted...]
-        <x:v>125</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K755" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L755" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M755" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N755" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O755" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P755" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q755" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R755" s="0" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="S755" s="0" t="n">
-        <x:v>613171</x:v>
+        <x:v>603681</x:v>
       </x:c>
       <x:c r="T755" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U755" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="756" spans="1:21">
       <x:c r="A756" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B756" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C756" s="15" t="s"/>
       <x:c r="D756" s="15" t="s"/>
       <x:c r="E756" s="14" t="s"/>
       <x:c r="F756" s="14" t="s"/>
       <x:c r="G756" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H756" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I756" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J756" s="14" t="s"/>
       <x:c r="K756" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L756" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M756" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N756" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O756" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P756" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q756" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R756" s="14" t="s">
-        <x:v>874</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="S756" s="14" t="n">
-        <x:v>613124</x:v>
+        <x:v>613171</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
-        <x:v>458</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C757" s="3" t="s"/>
       <x:c r="D757" s="3" t="s"/>
-      <x:c r="E757" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G757" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H757" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="I757" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="K757" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="L757" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="M757" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="N757" s="3" t="n">
+        <x:v>31001</x:v>
+      </x:c>
+      <x:c r="O757" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="P757" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="Q757" s="4" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="R757" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="I757" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S757" s="0" t="n">
-        <x:v>600423</x:v>
+        <x:v>613124</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
-        <x:v>96</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C758" s="15" t="s"/>
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="C758" s="15" t="n">
+        <x:v>38117</x:v>
+      </x:c>
       <x:c r="D758" s="15" t="s"/>
-      <x:c r="E758" s="14" t="s"/>
+      <x:c r="E758" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H758" s="14" t="s"/>
       <x:c r="I758" s="16" t="s">
-        <x:v>99</x:v>
-[...1 lines deleted...]
-      <x:c r="J758" s="14" t="s"/>
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="J758" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K758" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
-        <x:v>603846</x:v>
+        <x:v>600423</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C759" s="3" t="s"/>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="G759" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H759" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M759" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N759" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O759" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P759" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q759" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R759" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S759" s="0" t="n">
         <x:v>602420</x:v>
       </x:c>
       <x:c r="T759" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U759" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="760" spans="1:21">
       <x:c r="A760" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B760" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C760" s="15" t="s"/>
       <x:c r="D760" s="15" t="s"/>
       <x:c r="E760" s="14" t="s"/>
       <x:c r="F760" s="14" t="s"/>
       <x:c r="G760" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -44959,51 +44961,51 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J760" s="14" t="s"/>
       <x:c r="K760" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L760" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M760" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N760" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O760" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P760" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q760" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R760" s="14" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S760" s="14" t="n">
         <x:v>613451</x:v>
       </x:c>
       <x:c r="T760" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U760" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="761" spans="1:21">
       <x:c r="A761" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B761" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C761" s="3" t="s"/>
       <x:c r="D761" s="3" t="s"/>
       <x:c r="G761" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H761" s="0" t="s">
         <x:v>125</x:v>
@@ -45011,51 +45013,51 @@
       <x:c r="I761" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K761" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L761" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M761" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N761" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O761" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P761" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q761" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R761" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S761" s="0" t="n">
         <x:v>613143</x:v>
       </x:c>
       <x:c r="T761" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U761" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="762" spans="1:21">
       <x:c r="A762" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B762" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C762" s="15" t="s"/>
       <x:c r="D762" s="15" t="s"/>
       <x:c r="E762" s="14" t="s"/>
       <x:c r="F762" s="14" t="s"/>
       <x:c r="G762" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -45066,100 +45068,100 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J762" s="14" t="s"/>
       <x:c r="K762" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L762" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M762" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N762" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O762" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
         <x:v>613195</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C763" s="3" t="s"/>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O763" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P763" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q763" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R763" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S763" s="0" t="n">
         <x:v>603710</x:v>
       </x:c>
       <x:c r="T763" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U763" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="764" spans="1:21">
       <x:c r="A764" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B764" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C764" s="15" t="s"/>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -45170,168 +45172,168 @@
         <x:v>99</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s"/>
       <x:c r="K764" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
         <x:v>602376</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C765" s="3" t="s"/>
       <x:c r="D765" s="3" t="s"/>
       <x:c r="G765" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I765" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K765" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L765" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="M765" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N765" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O765" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P765" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q765" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R765" s="0" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S765" s="0" t="n">
         <x:v>612699</x:v>
       </x:c>
       <x:c r="T765" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U765" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="766" spans="1:21">
       <x:c r="A766" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B766" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C766" s="15" t="n">
         <x:v>38117</x:v>
       </x:c>
       <x:c r="D766" s="15" t="s"/>
       <x:c r="E766" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F766" s="14" t="s"/>
       <x:c r="G766" s="14" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H766" s="14" t="s"/>
       <x:c r="I766" s="16" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="J766" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K766" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L766" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M766" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N766" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O766" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P766" s="14" t="s">
-        <x:v>875</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="Q766" s="16" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="R766" s="14" t="s">
-        <x:v>877</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="S766" s="14" t="n">
         <x:v>600422</x:v>
       </x:c>
       <x:c r="T766" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U766" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:21">
       <x:c r="A767" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C767" s="3" t="s"/>
       <x:c r="D767" s="3" t="s"/>
       <x:c r="G767" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="I767" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="J767" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="K767" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L767" s="0" t="s">
         <x:v>28</x:v>
@@ -45339,51 +45341,51 @@
       <x:c r="M767" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N767" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O767" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P767" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q767" s="4" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="R767" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S767" s="0" t="n">
         <x:v>594685</x:v>
       </x:c>
       <x:c r="T767" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U767" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>