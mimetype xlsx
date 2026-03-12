--- v0 (2026-03-12)
+++ v1 (2026-03-12)
@@ -338,101 +338,101 @@
   <x:si>
     <x:t>Word</x:t>
   </x:si>
   <x:si>
     <x:t>Excel - initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies du management et de la gestion ressources humaines et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Word intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>Excel</x:t>
   </x:si>
   <x:si>
     <x:t>Excel intermédiaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Access - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Access</x:t>
   </x:si>
   <x:si>
     <x:t>Word - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro assistance à la gestion des organisations et de leurs activités (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant(e) Ressources Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor européen attaché de direction</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat direction</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Evolusio Formations</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Excel - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Technique et Professionnel Aixois</x:t>
   </x:si>
   <x:si>
     <x:t>ITPA</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P Cézanne</x:t>
   </x:si>
   <x:si>
     <x:t>capacité en droit</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
@@ -620,71 +620,71 @@
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel secrétaire assistant (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Eiffel</x:t>
   </x:si>
   <x:si>
     <x:t>13682</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom'Art</x:t>
   </x:si>
   <x:si>
-    <x:t>84000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
-    <x:t>AVIGNON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP Vincent de Paul</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Centre de Formation Professionnelle Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative</x:t>
   </x:si>
   <x:si>
     <x:t>Optim'hum</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
@@ -701,56 +701,56 @@
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
     <x:t>LP M Casarès</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Montagnette</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BARCELONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ACAF MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
@@ -1085,59 +1085,59 @@
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant immobilier - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant immobilier - module 2</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel chargé d'accueil et de gestion administrative (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cpe-Cfa</x:t>
   </x:si>
   <x:si>
     <x:t>CPEAS - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel chargé d'accueil et de gestion administrative (préparation également possible par Bloc(s) de compétences)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Test Bright Language - évaluation Russe</x:t>
   </x:si>
   <x:si>
     <x:t>Université d'Etudes et de Loisirs des Alpes du Sud</x:t>
   </x:si>
   <x:si>
     <x:t>UELAS</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
@@ -1163,110 +1163,110 @@
   <x:si>
     <x:t>05003</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Golfe de St-Tropez</x:t>
   </x:si>
   <x:si>
     <x:t>83580</x:t>
   </x:si>
   <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP F de Croisset</x:t>
   </x:si>
   <x:si>
-    <x:t>06130</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Azur Formation</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Aicard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83412</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>83409</x:t>
   </x:si>
   <x:si>
-    <x:t>HYERES CEDEX</x:t>
-[...5 lines deleted...]
-    <x:t>83412</x:t>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCP1 ""Assister une équipe dans la communication des informations et l'organisation des activités"" TP Secrétaire Assistant</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chargé d'accueil et de gestion administrative (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
@@ -1316,176 +1316,176 @@
   <x:si>
     <x:t>02/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Rimbaud</x:t>
   </x:si>
   <x:si>
     <x:t>13808</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
   </x:si>
   <x:si>
-    <x:t>13600</x:t>
+    <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LA COLLE-SUR-LOUP</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Someform</x:t>
-[...8 lines deleted...]
-    <x:t>83130</x:t>
+    <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/23/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupe Someform|Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LA GAUDE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
-    <x:t>LA SEYNE-SUR-MER</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Word perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Word débutant</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
-    <x:t>04/21/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Association Hyères Orientation</x:t>
   </x:si>
   <x:si>
     <x:t>ASSHOR</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
@@ -1508,89 +1508,89 @@
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Assistante dentaire polyvalente</x:t>
   </x:si>
   <x:si>
     <x:t>Efficience Dentaire</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
+    <x:t>04/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/09/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé d'accueil et de gestion administrative</x:t>
   </x:si>
   <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/13/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée international G Duby</x:t>
@@ -1763,272 +1763,272 @@
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-social et comptable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comptabilité générale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 4e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecloson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cf</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Public sans emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro assistance à la gestion des organisations et de leurs activités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Excel : perfectionnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation modulaire certifiante : métiers de l'assistanat administratif, médico-social et comptable</x:t>
-[...113 lines deleted...]
-    <x:t>11/06/2026 00:00:00</x:t>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence DM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/11/2021 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Provence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence Formation - Lycée Professionnel Edmond Rostand</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/08/2026 00:00:00</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>4MaCompta Expertise - Alfred Cadoret</x:t>
   </x:si>
   <x:si>
     <x:t>06240</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP E Rostand</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>LP E Rostand</x:t>
+    <x:t>Lycée Frédéric Mistral - Lycée des Métiers de l'Automobile et des Services aux Entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Frédéric Mistral - Lycée des Métiers de l'Automobile et des Services aux Entreprises</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée St-Charles</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Montgrand</x:t>
   </x:si>
   <x:si>
     <x:t>13291</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 06</x:t>
@@ -2069,56 +2069,56 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Lycée des métiers La Calade - Jane Vialle </x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Calade</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>ORT</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Handicapé</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-11e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP C Jullian</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>LP B Pascal</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
@@ -2240,125 +2240,125 @@
   <x:si>
     <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
   </x:si>
   <x:si>
+    <x:t>LP St-Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>LP St-Vincent de Paul</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée G Apollinaire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique Microsoft avec l'intelligence artificielle (IA) intégrée</x:t>
   </x:si>
   <x:si>
     <x:t>Sun Design</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel secrétaire assistant (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Palmiers</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole Supérieure des Compétences et Métiers - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>LP Magnan</x:t>
+  </x:si>
+  <x:si>
     <x:t>Esid - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Supérieure des Compétences et Métiers - Antenne Nice</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Studio Gentile - Systemv</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Briand</x:t>
@@ -2513,65 +2513,65 @@
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>CFPPA</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent P Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04203</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
+    <x:t>11/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LP la Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83181</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-PONT</x:t>
   </x:si>
   <x:si>
     <x:t>SOLLIES-VILLE</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>83703</x:t>
   </x:si>
   <x:si>
     <x:t>ST RAPHAEL CEDEX</x:t>
@@ -2621,63 +2621,63 @@
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Claret</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ladapt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ladapt - Antenne Toulon - CFA Spécialisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/17/2028 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les outils bureautiques au travail</x:t>
   </x:si>
   <x:si>
     <x:t>Nexavim Academie</x:t>
   </x:si>
   <x:si>
     <x:t>Agent contractuel de la fonction publique , Agent de la fonction publique , Agent de la fonction publique d'Etat , Agent de la fonction publique hospitalière , Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83097</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
@@ -4152,890 +4152,890 @@
       <x:c r="R17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>616637</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>533116</x:v>
+        <x:v>618821</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>615501</x:v>
+        <x:v>615463</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>533525</x:v>
+        <x:v>533116</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>71632</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>534019</x:v>
+        <x:v>615501</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>534256</x:v>
+        <x:v>533525</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s"/>
+      <x:c r="D23" s="3" t="s"/>
+      <x:c r="G23" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H23" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="K23" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L23" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M23" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N23" s="3" t="n">
+        <x:v>71632</x:v>
+      </x:c>
+      <x:c r="O23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C23" s="3" t="n">
-[...32 lines deleted...]
-      </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>609461</x:v>
+        <x:v>534019</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>35014</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>523303</x:v>
+        <x:v>534256</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>101</x:v>
-[...1 lines deleted...]
-      <x:c r="C25" s="3" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D25" s="3" t="s"/>
+      <x:c r="E25" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J25" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>35047</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>523230</x:v>
+        <x:v>609461</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35014</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>615499</x:v>
+        <x:v>523303</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>71632</x:v>
+        <x:v>35047</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>534020</x:v>
+        <x:v>523230</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>534254</x:v>
+        <x:v>615499</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>533106</x:v>
+        <x:v>534020</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H30" s="14" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>618821</x:v>
+        <x:v>534254</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>534099</x:v>
+        <x:v>533106</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>534103</x:v>
+        <x:v>534099</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>615463</x:v>
+        <x:v>534103</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
@@ -5052,51 +5052,51 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>616638</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>71</x:v>
@@ -5167,51 +5167,51 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>534104</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
@@ -7006,309 +7006,309 @@
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>595266</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>183</x:v>
-[...1 lines deleted...]
-      <x:c r="C71" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C71" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="I71" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="I71" s="4" t="s">
+      <x:c r="J71" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="K71" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="L71" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="M71" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N71" s="3" t="n">
+        <x:v>35035</x:v>
+      </x:c>
+      <x:c r="O71" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="P71" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="Q71" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R71" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="K71" s="0" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>588205</x:v>
+        <x:v>595275</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>615481</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="I73" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="K73" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L73" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M73" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N73" s="3" t="n">
+        <x:v>32024</x:v>
+      </x:c>
+      <x:c r="O73" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="P73" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R73" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="S73" s="0" t="n">
+        <x:v>588205</x:v>
+      </x:c>
+      <x:c r="T73" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="I73" s="4" t="s">
-[...34 lines deleted...]
-      </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R74" s="14" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>552417</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R75" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>607755</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7317,432 +7317,430 @@
         <x:v>48</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>615541</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>616664</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R78" s="14" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>614953</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="I79" s="4" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="Q79" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="Q79" s="4" t="s">
+      <x:c r="R79" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>588204</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="R80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>607756</x:v>
+        <x:v>499708</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
-      <x:c r="E81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="K81" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L81" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M81" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N81" s="3" t="n">
+        <x:v>70322</x:v>
+      </x:c>
+      <x:c r="O81" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P81" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R81" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="J81" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>499708</x:v>
+        <x:v>612635</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C82" s="15" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J82" s="14" t="s"/>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="J82" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>612635</x:v>
+        <x:v>607756</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="R83" s="0" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>552416</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -7933,233 +7931,233 @@
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>595265</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>622158</x:v>
+        <x:v>498010</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>622160</x:v>
+        <x:v>622158</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>498010</x:v>
+        <x:v>622160</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="U90" s="16" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>71</x:v>
@@ -8172,169 +8170,171 @@
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>545443</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>206</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
+      <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>498009</x:v>
+        <x:v>595272</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>595272</x:v>
+        <x:v>498009</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
@@ -8910,139 +8910,139 @@
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>595297</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>615491</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>616592</x:v>
+        <x:v>615491</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
@@ -11132,153 +11132,154 @@
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>611224</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>617232</x:v>
+        <x:v>519390</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
+      <x:c r="E147" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>519390</x:v>
+        <x:v>617232</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>294</x:v>
@@ -11303,51 +11304,51 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>594473</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
@@ -11469,51 +11470,51 @@
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>611962</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -12589,92 +12590,92 @@
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>542256</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>542400</x:v>
+        <x:v>615525</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -12691,92 +12692,92 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>542257</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>615525</x:v>
+        <x:v>542400</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -12799,51 +12800,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>547166</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
@@ -12853,280 +12854,281 @@
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>617230</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
-      <x:c r="E178" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>599042</x:v>
+        <x:v>617364</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C179" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
+      <x:c r="D179" s="3" t="s"/>
+      <x:c r="E179" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="G179" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="H179" s="0" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...8 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>617364</x:v>
+        <x:v>599042</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>581507</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>599041</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
@@ -13374,106 +13376,105 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>543680</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>346</x:v>
-[...1 lines deleted...]
-      <x:c r="C187" s="3" t="s"/>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C187" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>347</x:v>
-[...2 lines deleted...]
-        <x:v>348</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>15294</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>616674</x:v>
+        <x:v>611959</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -13485,160 +13486,160 @@
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>547502</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="H189" s="0" t="s">
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>15294</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>547501</x:v>
+        <x:v>616674</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
-      <x:c r="E190" s="14" t="s"/>
+      <x:c r="E190" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>611959</x:v>
+        <x:v>547501</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>71</x:v>
@@ -13872,307 +13873,306 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>594466</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>612539</x:v>
+        <x:v>616665</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>365</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>595282</x:v>
+        <x:v>615542</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>594440</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>616665</x:v>
+        <x:v>612539</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="C200" s="15" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C200" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="J200" s="14" t="s"/>
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="J200" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>615542</x:v>
+        <x:v>595282</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -14350,103 +14350,103 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>615472</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>557204</x:v>
+        <x:v>519470</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
@@ -14512,164 +14512,164 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>615528</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>609641</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>519470</x:v>
+        <x:v>557204</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
@@ -14740,307 +14740,306 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>572874</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>595299</x:v>
+        <x:v>594497</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C213" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C213" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>594497</x:v>
+        <x:v>595299</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C214" s="15" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C214" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J214" s="14" t="s"/>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="J214" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>612592</x:v>
+        <x:v>550636</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>383</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R215" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="R215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>550636</x:v>
+        <x:v>612592</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="Q216" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="Q216" s="16" t="s">
+      <x:c r="R216" s="14" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>550629</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -15056,51 +15055,51 @@
       <x:c r="J217" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>615725</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -15117,162 +15116,162 @@
       <x:c r="J218" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>615726</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="I219" s="4" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>383</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="Q219" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="Q219" s="4" t="s">
+      <x:c r="R219" s="0" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>562680</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="Q220" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="Q220" s="16" t="s">
+      <x:c r="R220" s="14" t="s">
         <x:v>383</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>550630</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
@@ -15828,93 +15827,93 @@
       <x:c r="R230" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>594492</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>547980</x:v>
+        <x:v>529569</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15923,546 +15922,547 @@
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>529534</x:v>
+        <x:v>547980</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>547967</x:v>
+        <x:v>529534</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>547979</x:v>
+        <x:v>547967</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>529569</x:v>
+        <x:v>547979</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="C236" s="15" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C236" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="J236" s="14" t="s"/>
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="J236" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>615540</x:v>
+        <x:v>595283</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>616663</x:v>
+        <x:v>615540</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>416</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>418</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>590013</x:v>
+        <x:v>616663</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>419</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="Q239" s="4" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="R239" s="0" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="S239" s="0" t="n">
+        <x:v>570301</x:v>
+      </x:c>
+      <x:c r="T239" s="4" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="Q239" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="I240" s="16" t="s">
         <x:v>416</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="Q240" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="Q240" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>570301</x:v>
+        <x:v>590013</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="U240" s="16" t="s">
         <x:v>421</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>612584</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -16471,103 +16471,103 @@
         <x:v>48</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>615480</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>594457</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16590,535 +16590,536 @@
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>612549</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C245" s="3" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C245" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D245" s="3" t="s"/>
+      <x:c r="E245" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="J245" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>615470</x:v>
+        <x:v>601784</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>256</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>424</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>425</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="R246" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="R246" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>601836</x:v>
+        <x:v>564527</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
-      <x:c r="E247" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>425</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R247" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="R247" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>601783</x:v>
+        <x:v>612599</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q248" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q248" s="16" t="s">
+      <x:c r="R248" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="R248" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>601784</x:v>
+        <x:v>601836</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C249" s="3" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C249" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D249" s="3" t="s"/>
+      <x:c r="E249" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="J249" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>612599</x:v>
+        <x:v>601783</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="C250" s="15" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C250" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="J250" s="14" t="s"/>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="J250" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>564527</x:v>
+        <x:v>612652</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>425</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>612652</x:v>
+        <x:v>615470</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q252" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q252" s="16" t="s">
+      <x:c r="R252" s="14" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>622408</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="I253" s="4" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q253" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q253" s="4" t="s">
+      <x:c r="R253" s="0" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>423</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -17127,100 +17128,100 @@
         <x:v>48</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>616654</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>615526</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -17349,1022 +17350,1023 @@
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>594480</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
-      <x:c r="E259" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>297</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>298</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="Q259" s="4" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="R259" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="Q259" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>553188</x:v>
+        <x:v>612609</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>527770</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C261" s="3" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C261" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D261" s="3" t="s"/>
+      <x:c r="E261" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="J261" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>612609</x:v>
+        <x:v>553188</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="Q262" s="16" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="R262" s="14" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>448675</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>616593</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>615492</x:v>
+        <x:v>615455</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>615455</x:v>
+        <x:v>614290</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>614290</x:v>
+        <x:v>615492</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="Q267" s="4" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="R267" s="0" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>604148</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
+        <x:v>443</x:v>
+      </x:c>
+      <x:c r="Q268" s="16" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="R268" s="14" t="s">
         <x:v>442</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>502114</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>614289</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>568804</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>521443</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>427</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>615317</x:v>
+        <x:v>615471</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>427</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>568813</x:v>
+        <x:v>611222</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C274" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C274" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="J274" s="14" t="s"/>
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="J274" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>615471</x:v>
+        <x:v>615317</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>301</x:v>
-[...1 lines deleted...]
-      <x:c r="C275" s="3" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C275" s="3" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="J275" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>611222</x:v>
+        <x:v>605342</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>457</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>605342</x:v>
+        <x:v>568813</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18556,147 +18558,143 @@
       <x:c r="S280" s="14" t="n">
         <x:v>616655</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>609212</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>191</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>463</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>621219</x:v>
+        <x:v>615527</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18714,96 +18712,100 @@
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>598731</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="C284" s="15" t="s"/>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C284" s="15" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="J284" s="14" t="s"/>
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="J284" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>615527</x:v>
+        <x:v>621219</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
@@ -18918,145 +18920,145 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>615457</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>612604</x:v>
+        <x:v>615495</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>615495</x:v>
+        <x:v>612604</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
@@ -19119,54 +19121,54 @@
       <x:c r="K291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>620170</x:v>
+        <x:v>615727</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>389</x:v>
@@ -19180,54 +19182,54 @@
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>615727</x:v>
+        <x:v>620170</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
@@ -19260,209 +19262,209 @@
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>544553</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>604503</x:v>
+        <x:v>604441</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>612097</x:v>
+        <x:v>604503</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>513053</x:v>
+        <x:v>575501</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -19472,167 +19474,167 @@
       <x:c r="L297" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>575419</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="U297" s="4" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>575501</x:v>
+        <x:v>513053</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>604441</x:v>
+        <x:v>612097</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
@@ -19658,100 +19660,100 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>575420</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>604442</x:v>
+        <x:v>513265</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
@@ -19760,413 +19762,413 @@
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>513265</x:v>
+        <x:v>524896</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>524896</x:v>
+        <x:v>604442</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>524798</x:v>
+        <x:v>612164</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>544538</x:v>
+        <x:v>575502</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>612164</x:v>
+        <x:v>544538</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>487</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>600574</x:v>
+        <x:v>524798</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>488</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>575502</x:v>
+        <x:v>600574</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
@@ -20174,59 +20176,59 @@
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>604780</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
@@ -20243,51 +20245,51 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>501648</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
@@ -20303,51 +20305,51 @@
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>553233</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
@@ -21201,51 +21203,51 @@
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>616670</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
@@ -21438,381 +21440,379 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>495550</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="C333" s="3" t="s"/>
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C333" s="3" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>506</x:v>
-[...2 lines deleted...]
-        <x:v>507</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="J333" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>572397</x:v>
+        <x:v>493630</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>547493</x:v>
+        <x:v>617227</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
-      <x:c r="E335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>506</x:v>
-[...2 lines deleted...]
-        <x:v>507</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>508</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>549136</x:v>
+        <x:v>615548</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H336" s="14" t="s"/>
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="H336" s="14" t="s">
+        <x:v>507</x:v>
+      </x:c>
       <x:c r="I336" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>615548</x:v>
+        <x:v>572397</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="H337" s="0" t="s">
+        <x:v>507</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>617227</x:v>
+        <x:v>549136</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
-      <x:c r="E338" s="14" t="s"/>
+      <x:c r="E338" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>493630</x:v>
+        <x:v>547493</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>71</x:v>
@@ -22734,51 +22734,51 @@
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>576289</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
@@ -22794,51 +22794,51 @@
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>498664</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
@@ -22965,164 +22965,164 @@
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>505776</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>452329</x:v>
+        <x:v>600475</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>600475</x:v>
+        <x:v>452329</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
@@ -23244,90 +23244,90 @@
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>594464</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>584596</x:v>
+        <x:v>576618</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="F367" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
@@ -23349,2094 +23349,2093 @@
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>32667</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>583793</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>577</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
+        <x:v>574</x:v>
+      </x:c>
+      <x:c r="Q368" s="16" t="s">
         <x:v>575</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>576</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>590872</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>611902</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>566</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>36804</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="G370" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>32667</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>571</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>583790</x:v>
+        <x:v>583782</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="U370" s="16" t="s">
         <x:v>581</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>583</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="E371" s="0" t="s">
-        <x:v>567</x:v>
-[...2 lines deleted...]
-        <x:v>568</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>570</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>583782</x:v>
+        <x:v>590011</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="F372" s="14" t="s"/>
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="F372" s="14" t="s">
+        <x:v>568</x:v>
+      </x:c>
       <x:c r="G372" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>32667</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>590011</x:v>
+        <x:v>583790</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
+      <x:c r="J373" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>575135</x:v>
+        <x:v>594482</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>576603</x:v>
+        <x:v>576619</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>576604</x:v>
+        <x:v>576620</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>584330</x:v>
+        <x:v>576588</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>584333</x:v>
+        <x:v>575135</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>592</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="J378" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>594482</x:v>
+        <x:v>576603</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>576619</x:v>
+        <x:v>576604</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>594</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>576620</x:v>
+        <x:v>584330</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>584586</x:v>
+        <x:v>584333</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>584595</x:v>
+        <x:v>584332</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>575133</x:v>
+        <x:v>576605</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>576588</x:v>
+        <x:v>576606</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>584332</x:v>
+        <x:v>576616</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>576605</x:v>
+        <x:v>575133</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>601</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>586</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>576606</x:v>
+        <x:v>584586</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>576616</x:v>
+        <x:v>584595</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>584589</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>604</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>584594</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>576617</x:v>
+        <x:v>584596</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="U391" s="4" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>576626</x:v>
+        <x:v>612567</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>575131</x:v>
+        <x:v>576624</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>576599</x:v>
+        <x:v>576625</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>576621</x:v>
+        <x:v>576627</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
-      <x:c r="D396" s="15" t="s"/>
+      <x:c r="D396" s="15" t="n">
+        <x:v>8</x:v>
+      </x:c>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>562</x:v>
-[...1 lines deleted...]
-      <x:c r="J396" s="14" t="s"/>
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="J396" s="14" t="s">
+        <x:v>349</x:v>
+      </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>576623</x:v>
+        <x:v>390025</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>576618</x:v>
+        <x:v>576599</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>576624</x:v>
+        <x:v>576621</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>576625</x:v>
+        <x:v>576623</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>576627</x:v>
+        <x:v>584593</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>612</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>613</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>612567</x:v>
+        <x:v>575131</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>584593</x:v>
+        <x:v>584585</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>615</x:v>
-[...4 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C403" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
+      <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>70354</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>617</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>390025</x:v>
+        <x:v>595298</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>618</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C404" s="15" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C404" s="15" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D404" s="15" t="s"/>
-      <x:c r="E404" s="14" t="s"/>
+      <x:c r="E404" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>562</x:v>
-[...1 lines deleted...]
-      <x:c r="J404" s="14" t="s"/>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="J404" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K404" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>584585</x:v>
+        <x:v>553839</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>605</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="J405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>595298</x:v>
+        <x:v>576617</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
-      <x:c r="E406" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>298</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>553839</x:v>
+        <x:v>576626</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>71</x:v>
@@ -25543,51 +25542,51 @@
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>584329</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>626</x:v>
       </x:c>
@@ -25649,54 +25648,54 @@
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>584331</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>608</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
@@ -25762,51 +25761,51 @@
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>575137</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>586</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
@@ -26065,209 +26064,210 @@
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>584597</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
-      <x:c r="E420" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>607452</x:v>
+        <x:v>595307</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
+      <x:c r="E421" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>595307</x:v>
+        <x:v>607452</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>551775</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
@@ -26280,279 +26280,280 @@
       <x:c r="J423" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>611963</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C424" s="15" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C424" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s"/>
+      <x:c r="E424" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>636</x:v>
-[...1 lines deleted...]
-      <x:c r="H424" s="14" t="s"/>
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s">
+        <x:v>546</x:v>
+      </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>594462</x:v>
+        <x:v>556757</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C425" s="3" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C425" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="J425" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>612570</x:v>
+        <x:v>576110</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
-      <x:c r="E426" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>545</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>165</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>556757</x:v>
+        <x:v>612570</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>576110</x:v>
+        <x:v>594462</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>70</x:v>
@@ -27112,200 +27113,199 @@
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>594451</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L439" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M439" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N439" s="3" t="n">
+        <x:v>70322</x:v>
+      </x:c>
+      <x:c r="O439" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P439" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="Q439" s="4" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="R439" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="L439" s="0" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>518416</x:v>
+        <x:v>527767</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>668</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>669</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="C440" s="15" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C440" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
-        <x:v>63</x:v>
-[...1 lines deleted...]
-      <x:c r="J440" s="14" t="s"/>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J440" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>527767</x:v>
+        <x:v>518416</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>595308</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
@@ -27443,51 +27443,51 @@
       <x:c r="M444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>524793</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -27500,51 +27500,51 @@
       <x:c r="M445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>524891</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
@@ -28135,163 +28135,162 @@
       <x:c r="M456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>610278</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>484</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-        <x:v>389</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>604502</x:v>
+        <x:v>594433</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C458" s="15" t="s"/>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="C458" s="15" t="n">
+        <x:v>41239</x:v>
+      </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>688</x:v>
-[...1 lines deleted...]
-      <x:c r="H458" s="14" t="s"/>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s">
+        <x:v>389</x:v>
+      </x:c>
       <x:c r="I458" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>594433</x:v>
+        <x:v>604502</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -28464,108 +28463,108 @@
       <x:c r="I462" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>590000</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>599999</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
@@ -28580,51 +28579,51 @@
       <x:c r="I464" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>599924</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>47</x:v>
@@ -30088,555 +30087,554 @@
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>502660</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
-      <x:c r="E493" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G493" s="0" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>258</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>555976</x:v>
+        <x:v>595313</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
-      <x:c r="E494" s="14" t="s"/>
+      <x:c r="E494" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="Q494" s="16" t="s">
         <x:v>724</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>725</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>595313</x:v>
+        <x:v>602112</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
-      <x:c r="E495" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G495" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>602112</x:v>
+        <x:v>594446</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C496" s="15" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C496" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D496" s="15" t="s"/>
-      <x:c r="E496" s="14" t="s"/>
+      <x:c r="E496" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>727</x:v>
-[...1 lines deleted...]
-      <x:c r="H496" s="14" t="s"/>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H496" s="14" t="s">
+        <x:v>258</x:v>
+      </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>594475</x:v>
+        <x:v>555976</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
-      <x:c r="E497" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G497" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>603786</x:v>
+        <x:v>594475</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>583</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s">
-        <x:v>567</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>729</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>583811</x:v>
+        <x:v>554390</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>731</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>732</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>725</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>594446</x:v>
+        <x:v>615543</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>554390</x:v>
+        <x:v>603786</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>585</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="C501" s="3" t="s"/>
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="C501" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D501" s="3" t="s"/>
+      <x:c r="E501" s="0" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="F501" s="0" t="s">
+        <x:v>568</x:v>
+      </x:c>
       <x:c r="G501" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="H501" s="0" t="s">
+        <x:v>731</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="J501" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>615543</x:v>
+        <x:v>583811</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>39823</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -30767,75 +30765,75 @@
         <x:v>719</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>615483</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>594490</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
@@ -30849,627 +30847,626 @@
       <x:c r="H506" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>608430</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
+      <x:c r="E507" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G507" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H507" s="0" t="s">
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>588363</x:v>
+        <x:v>608525</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>608525</x:v>
+        <x:v>555935</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
-      <x:c r="E509" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G509" s="0" t="s">
-        <x:v>257</x:v>
-[...2 lines deleted...]
-        <x:v>258</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>555935</x:v>
+        <x:v>588363</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>740</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>595314</x:v>
+        <x:v>601193</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>421</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>736</x:v>
-[...1 lines deleted...]
-      <x:c r="C511" s="3" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C511" s="3" t="n">
+        <x:v>40705</x:v>
+      </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="J511" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>70354</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>737</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>616675</x:v>
+        <x:v>595314</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>742</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>736</x:v>
-[...1 lines deleted...]
-      <x:c r="C512" s="15" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C512" s="15" t="n">
+        <x:v>34606</x:v>
+      </x:c>
       <x:c r="D512" s="15" t="s"/>
-      <x:c r="E512" s="14" t="s"/>
+      <x:c r="E512" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
-        <x:v>259</x:v>
-[...1 lines deleted...]
-      <x:c r="J512" s="14" t="s"/>
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="J512" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K512" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
-        <x:v>70354</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>616676</x:v>
+        <x:v>506902</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>743</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
-      <x:c r="E513" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G513" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>328</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>721</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>552339</x:v>
+        <x:v>616675</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>744</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
-      <x:c r="E514" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
-        <x:v>725</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>745</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>725</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>506902</x:v>
+        <x:v>616676</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>746</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>36804</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
-        <x:v>726</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>725</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>601193</x:v>
+        <x:v>595292</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>36804</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
-      <x:c r="E516" s="14" t="s"/>
+      <x:c r="E516" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>595292</x:v>
+        <x:v>552339</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>27</x:v>
@@ -31800,90 +31797,90 @@
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>594483</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s"/>
       <x:c r="K524" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>615490</x:v>
+        <x:v>616672</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C525" s="3" t="s"/>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>25</x:v>
@@ -31902,90 +31899,90 @@
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>615550</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s"/>
       <x:c r="K526" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>616672</x:v>
+        <x:v>615490</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C527" s="3" t="s"/>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>25</x:v>
@@ -32370,67 +32367,67 @@
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>612573</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="E535" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G535" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H535" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
@@ -32487,491 +32484,491 @@
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>595288</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>455444</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I538" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>609649</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H539" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>609653</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>40705</x:v>
+        <x:v>34606</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I540" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>609655</x:v>
+        <x:v>507267</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>34606</x:v>
+        <x:v>40705</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>507267</x:v>
+        <x:v>557195</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I542" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>557195</x:v>
+        <x:v>557203</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>557203</x:v>
+        <x:v>609655</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I544" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
@@ -33532,153 +33529,152 @@
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>616657</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>87</x:v>
-[...1 lines deleted...]
-      <x:c r="C556" s="15" t="s"/>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C556" s="15" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="J556" s="14" t="s"/>
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="J556" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K556" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>615496</x:v>
+        <x:v>574602</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>178</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>574602</x:v>
+        <x:v>615496</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C558" s="15" t="s"/>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s"/>
       <x:c r="K558" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
@@ -33749,139 +33745,139 @@
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>574599</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>616596</x:v>
+        <x:v>615458</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C561" s="3" t="s"/>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>615458</x:v>
+        <x:v>616596</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>787</x:v>
@@ -33896,222 +33892,224 @@
       <x:c r="K562" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>588262</x:v>
+        <x:v>599563</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>787</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>599563</x:v>
+        <x:v>588262</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>791</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C564" s="15" t="s"/>
       <x:c r="D564" s="15" t="s"/>
-      <x:c r="E564" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>324</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J564" s="14" t="s"/>
       <x:c r="K564" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
-        <x:v>788</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
-        <x:v>789</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>588261</x:v>
+        <x:v>612615</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C565" s="3" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C565" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D565" s="3" t="s"/>
+      <x:c r="E565" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G565" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="J565" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>612615</x:v>
+        <x:v>588261</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C566" s="15" t="s"/>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s"/>
       <x:c r="K566" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
@@ -34897,376 +34895,378 @@
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>595309</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="C581" s="3" t="s"/>
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C581" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H581" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
+      <x:c r="J581" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>525582</x:v>
+        <x:v>551721</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>815</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
-      <x:c r="E582" s="14" t="s"/>
+      <x:c r="E582" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I582" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>551721</x:v>
+        <x:v>546938</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>546938</x:v>
+        <x:v>601981</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="C584" s="15" t="s"/>
       <x:c r="D584" s="15" t="s"/>
-      <x:c r="E584" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>816</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>63</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J584" s="14" t="s"/>
       <x:c r="K584" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
-        <x:v>35007</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="Q584" s="16" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="R584" s="14" t="s">
         <x:v>816</x:v>
       </x:c>
-      <x:c r="Q584" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>601981</x:v>
+        <x:v>616594</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H585" s="0" t="s">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>616594</x:v>
+        <x:v>525582</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s">
-        <x:v>817</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I586" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>601984</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C587" s="3" t="s"/>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>62</x:v>
@@ -35274,51 +35274,51 @@
       <x:c r="I587" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>520300</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C588" s="15" t="s"/>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -35327,100 +35327,100 @@
         <x:v>48</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s"/>
       <x:c r="K588" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>615494</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C589" s="3" t="s"/>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>615456</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
@@ -36433,98 +36433,103 @@
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>546657</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>849</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C609" s="3" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C609" s="3" t="n">
+        <x:v>36804</x:v>
+      </x:c>
       <x:c r="D609" s="3" t="s"/>
+      <x:c r="E609" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G609" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>35007</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>594435</x:v>
+        <x:v>549678</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>853</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
         <x:v>40249</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="I610" s="16" t="s">
         <x:v>834</x:v>
@@ -36541,108 +36546,103 @@
       <x:c r="M610" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>35006</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>599791</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>850</x:v>
+        <x:v>854</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C611" s="3" t="s"/>
       <x:c r="D611" s="3" t="s"/>
-      <x:c r="E611" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G611" s="0" t="s">
-        <x:v>851</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
-        <x:v>852</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
-        <x:v>35007</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>549678</x:v>
+        <x:v>594435</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C612" s="15" t="s"/>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s"/>
       <x:c r="K612" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
@@ -36651,51 +36651,51 @@
       <x:c r="M612" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
         <x:v>622649</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C613" s="3" t="s"/>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>49</x:v>
@@ -37179,145 +37179,145 @@
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>614947</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C623" s="3" t="s"/>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>71203</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>615544</x:v>
+        <x:v>614944</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>531</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s"/>
       <x:c r="I624" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s"/>
       <x:c r="K624" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
-        <x:v>71203</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>614944</x:v>
+        <x:v>615544</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="C625" s="3" t="s"/>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>27</x:v>
@@ -37485,145 +37485,145 @@
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
         <x:v>612558</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>616667</x:v>
+        <x:v>614915</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s"/>
       <x:c r="K630" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
-        <x:v>70354</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>614915</x:v>
+        <x:v>616667</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C631" s="3" t="s"/>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>27</x:v>
@@ -37796,188 +37796,188 @@
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
         <x:v>612589</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>615497</x:v>
+        <x:v>615459</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s"/>
       <x:c r="I636" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s"/>
       <x:c r="K636" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>616597</x:v>
+        <x:v>615497</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C637" s="3" t="s"/>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>615459</x:v>
+        <x:v>616597</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
         <x:v>36804</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>875</x:v>
@@ -38129,75 +38129,75 @@
         <x:v>878</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>612543</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C641" s="3" t="s"/>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>594463</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C642" s="15" t="s"/>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
@@ -38236,78 +38236,78 @@
       <x:c r="S642" s="14" t="n">
         <x:v>616662</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="I643" s="4" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="Q643" s="4" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
         <x:v>601780</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C644" s="15" t="s"/>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
@@ -38346,352 +38346,353 @@
       <x:c r="S644" s="14" t="n">
         <x:v>615535</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>40705</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>595271</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C646" s="15" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C646" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>881</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>881</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>594491</x:v>
+        <x:v>588429</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="C647" s="3" t="s"/>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="C647" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D647" s="3" t="s"/>
+      <x:c r="E647" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G647" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="J647" s="0" t="s">
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
-        <x:v>70332</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>615479</x:v>
+        <x:v>601782</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
-        <x:v>425</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70332</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>588429</x:v>
+        <x:v>615479</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
-      <x:c r="E649" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G649" s="0" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="I649" s="4" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
+        <x:v>881</x:v>
+      </x:c>
+      <x:c r="Q649" s="4" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>601782</x:v>
+        <x:v>594491</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
-        <x:v>425</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="Q650" s="16" t="s">
         <x:v>424</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>425</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>552160</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>