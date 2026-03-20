--- v2 (2026-03-20)
+++ v3 (2026-03-20)
@@ -422,92 +422,92 @@
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économique et commerciale générale (2e année) histoire, géographie, géopolitique</x:t>
   </x:si>
   <x:si>
     <x:t>DU Islamologie : principes, enjeux, applications dans la France contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours archéologie classique des mondes anciens et médiévaux</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité anglais</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie cognitive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit pénal et sciences criminelles parcours criminologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en Psycho-criminologie EFPP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sociologie parcours sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sondage</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire économique et commerciale générale (1re année) histoire, géographie, géopolitique</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité anglais</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la technologie au CLG, les sciences de l'ingénieur, le design/arts appliqués au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner en lycée professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en ennéagramme</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication des organisations, médias, espace public</x:t>
@@ -518,131 +518,131 @@
   <x:si>
     <x:t>Aix Marseille Université - Ecole de Journalisme et de Communication d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours coopération euro-méditerranéennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours droit de l'exécution des peines</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité lettres modernes</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité espagnol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours stratégies de communication et relations presse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention anthropologie parcours anthropologie audiovisuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement local</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention anthropologie parcours anthropologie sociale, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités parcours humanités</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire économique et commerciale générale (1re année) mathématiques approfondies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention information, communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'histoire-géographie au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner une langue vivante étrangère au CLG et LGT</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité espagnol</x:t>
-[...29 lines deleted...]
-    <x:t>13284</x:t>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation examen concours fonction publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques-physique (MP), 2e année option informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours Afrique, Monde arabe, Mondes musulmans (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire de lettres (1re année)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres parcours recherche et concours</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention information, communication parcours métiers de l'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention archéologie, sciences pour l'archéologie parcours territoire, hommes, sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économique et commerciale générale (2e année) mathématiques approfondies</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>07/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École secondaire du Val St-André</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole secondaire du Val St-André</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours métiers des politiques et des programmes européens</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention philosophie parcours philosophie pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité histoire et géographie</x:t>
@@ -656,137 +656,137 @@
   <x:si>
     <x:t>master mention économie</x:t>
   </x:si>
   <x:si>
     <x:t>Politique économique</x:t>
   </x:si>
   <x:si>
     <x:t>CPAG</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>EMP</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économique et commerciale générale (1re année) économie, sociologie, histoire du monde contemporain</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire à l'École spéciale militaire de Saint-Cyr (1re année) option lettres</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention science politique</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO Saint-Éloi</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention science politique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire économique et commerciale générale (2e année) économie, sociologie, histoire du monde contemporain</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire à l'École spéciale militaire de Saint-Cyr (2e année) option lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Nativité</x:t>
   </x:si>
   <x:si>
     <x:t>13097</x:t>
   </x:si>
   <x:si>
     <x:t>Collège La Nativité</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 02</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré ECAM LaSalle</x:t>
   </x:si>
   <x:si>
     <x:t>ECAM LaSalle - site de Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69321</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit pénal et sciences criminelles</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention psychologie : neuropsychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention philosophie</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention psychologie : neuropsychologie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>master mention lettres</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention anthropologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention psychologie sociale, du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention études européennes et internationales</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : psychopathologie clinique psychanalytique</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention sciences du langage</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>master mention sciences cognitives</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences cognitives</x:t>
   </x:si>
   <x:si>
     <x:t>master mention arts</x:t>
   </x:si>
   <x:si>
     <x:t>Arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités</x:t>
   </x:si>
   <x:si>
     <x:t>master mention archéologie, sciences pour l'archéologie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Émile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
@@ -851,110 +851,110 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Montmajour</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
+    <x:t>cycle préparatoire ISEP associé au Lycée Saint-Joseph (Avignon) - prépa associée avec parcours sécurisé ouvert</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Joseph</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
-    <x:t>84000</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention politiques publiques parcours gouvernance de l'action sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention politiques publiques parcours gouvernance des données</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité théâtre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option théâtre</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention politiques publiques parcours management des organisations par l'analyse du travail</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option théâtre</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>master mention culture et communication</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Aubanel</x:t>
   </x:si>
   <x:si>
     <x:t>84025</x:t>
   </x:si>
   <x:si>
     <x:t>master mention politiques publiques</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
@@ -1103,59 +1103,59 @@
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences sociales (B/L, 2e année)</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marie Pila</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Victor Hugo</x:t>
   </x:si>
   <x:si>
-    <x:t>CARPENTRAS CEDEX</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée I Dauphin</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional Jean D'Ormesson</x:t>
   </x:si>
   <x:si>
     <x:t>13831</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A David Néel</x:t>
   </x:si>
   <x:si>
     <x:t>04004</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE CEDEX</x:t>
@@ -1202,119 +1202,119 @@
   <x:si>
     <x:t>05202</x:t>
   </x:si>
   <x:si>
     <x:t>Embrun</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>05010</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
-    <x:t>05010</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
     <x:t>LA d'Aix-Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Golfe de St-Tropez</x:t>
   </x:si>
   <x:si>
     <x:t>83580</x:t>
   </x:si>
   <x:si>
     <x:t>GASSIN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-J de Garguier</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
   </x:si>
   <x:si>
     <x:t>GIGNAC-LA-NERTHE</x:t>
   </x:si>
   <x:si>
+    <x:t>cycle préparatoire intégré ECAM-EPMI - ingénieur généraliste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ECAM-EPMI - site de Cergy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Amiral de Grasse</x:t>
   </x:si>
   <x:si>
-    <x:t>06130</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée Fénelon</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Aicard</x:t>
   </x:si>
   <x:si>
     <x:t>83412</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
@@ -1337,74 +1337,74 @@
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention arts, lettres et civilisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Physiologie</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE DE TOULON</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>master mention lettres et humanités</x:t>
   </x:si>
   <x:si>
     <x:t>master mention civilisations, cultures et sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours anglais</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Coudon</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE CEDEX</x:t>
@@ -1517,71 +1517,71 @@
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée cité internationale Jacques Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J. Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours médiation culturelle des arts</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences cognitives parcours  langue, communication et cerveau</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention arts parcours création numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée V Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences cognitives parcours fonctions cognitives chez l'individu typique et atypique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire sciences et techniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée Chevreul - Blancarde</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours management de projets en communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication des organisations, information, médias et numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de Sion</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ami</x:t>
@@ -1637,137 +1637,137 @@
   <x:si>
     <x:t>Institut Supérieur de Formation de l'Enseignement Catholique - Institut Saint Cassien</x:t>
   </x:si>
   <x:si>
     <x:t>Isfec</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Daumier</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Haya Mouchka</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences et techniques des activités physiques et sportives : ergonomie du sport et performance motrice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Éducation sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École secondaire Beth Myriam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole secondaire B Myriam</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée général privé Bnei Elazar</x:t>
   </x:si>
   <x:si>
-    <x:t>13009</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Lycée Ste-Trinité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences cognitives parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) géographie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) anglais</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Charles</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) italien</x:t>
   </x:si>
   <x:si>
     <x:t>Italien</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) lettres classiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) histoire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) lettres modernes</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire de lettres (2e année ENS Ulm) philosophie</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Art dramatique</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>master mention épistémologie, histoire des sciences et des techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph de la Madeleine</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 04</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Charles Camas</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
@@ -1778,89 +1778,89 @@
   <x:si>
     <x:t>Lycée Montgrand</x:t>
   </x:si>
   <x:si>
     <x:t>13291</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 06</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de France</x:t>
   </x:si>
   <x:si>
     <x:t>13253</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marseilleveyre</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Périer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13295</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>Collège de Provence</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Périer</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire économique et commerciale option technologique (2e et 3e année du dispositif pour bac pro)</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 2e année</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire économique et commerciale option technologique (1re année du dispositif pour bac pro)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, droit et gestion (ENS Rennes D1), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économie et gestion option économie, méthodes quantitatives et gestion (ENS Paris-Saclay D2), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
@@ -1910,261 +1910,261 @@
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sévigné</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Yavné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Artaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Lacordaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Lacordaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de Tour Sainte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée général Ibn Khaldoun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIGUES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P et M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Cocteau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École A (Lycée France Maths)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole A (Lycée France Maths)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme d'université histoire de l'art et archéologie - 2ème année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Histoire art</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée G Apollinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention lettres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Cyrano</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
-    <x:t>06000</x:t>
-[...124 lines deleted...]
-  <x:si>
     <x:t>Cours Henri IV</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation aux concours d'enseignement de la philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée G Apollinaire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Doctorat</x:t>
   </x:si>
   <x:si>
     <x:t>Recherche développement</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sasserno</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Providence</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Université prophilia</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention histoire, civilisations, patrimoine</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE CEDEX 03</x:t>
-[...5 lines deleted...]
-    <x:t>06206</x:t>
+    <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE CEDEX 1</x:t>
+    <x:t>Lycée Masséna</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques-physique (MP*), 2e année option informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité allemand</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité arabe</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Externat St-Joseph (La Cordeille)</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis</x:t>
   </x:si>
@@ -4773,458 +4773,458 @@
       <x:c r="B34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595976</x:v>
+        <x:v>595690</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>14297</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>602563</x:v>
+        <x:v>575692</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14297</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>595690</x:v>
+        <x:v>621522</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38992</x:v>
+        <x:v>38200</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>14405</x:v>
+        <x:v>13219</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>575692</x:v>
+        <x:v>576323</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>621522</x:v>
+        <x:v>563335</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38200</x:v>
+        <x:v>39691</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>13219</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>576323</x:v>
+        <x:v>580927</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>14297</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>563335</x:v>
+        <x:v>595976</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>14297</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>580927</x:v>
+        <x:v>602563</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -5859,1379 +5859,1382 @@
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>595509</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="C54" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>575950</x:v>
+        <x:v>595560</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>575951</x:v>
+        <x:v>574903</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C56" s="15" t="s"/>
+      <x:c r="C56" s="15" t="n">
+        <x:v>39038</x:v>
+      </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J56" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J56" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>595560</x:v>
+        <x:v>575523</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38208</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>574903</x:v>
+        <x:v>575524</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39038</x:v>
+        <x:v>39479</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>575523</x:v>
+        <x:v>575537</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>155</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="J59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14241</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>575524</x:v>
+        <x:v>617038</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14297</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>575537</x:v>
+        <x:v>570550</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>14241</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>617038</x:v>
+        <x:v>595974</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>14297</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>570550</x:v>
+        <x:v>592892</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C63" s="3" t="s"/>
+      <x:c r="C63" s="3" t="n">
+        <x:v>38208</x:v>
+      </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J63" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>595974</x:v>
+        <x:v>597259</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="C64" s="15" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H64" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J64" s="14" t="s"/>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J64" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>592892</x:v>
+        <x:v>575950</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38208</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>597259</x:v>
+        <x:v>575951</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14241</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>595993</x:v>
+        <x:v>617413</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="C67" s="3" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="n">
+        <x:v>38155</x:v>
+      </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
+      <x:c r="J67" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>14241</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>617413</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>575922</x:v>
+        <x:v>595107</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C69" s="3" t="s"/>
+      <x:c r="C69" s="3" t="n">
+        <x:v>40794</x:v>
+      </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J69" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>595107</x:v>
+        <x:v>584134</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C70" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>584134</x:v>
+        <x:v>593073</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C71" s="3" t="s"/>
+      <x:c r="C71" s="3" t="n">
+        <x:v>39494</x:v>
+      </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>593073</x:v>
+        <x:v>574777</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>39494</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>574777</x:v>
+        <x:v>574902</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38208</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>574902</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38991</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>575648</x:v>
+        <x:v>575652</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38989</x:v>
+        <x:v>38992</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>575652</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>38992</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>575693</x:v>
+        <x:v>580921</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C77" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>580921</x:v>
+        <x:v>595993</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
@@ -7573,54 +7576,54 @@
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>563334</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
@@ -7633,98 +7636,98 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>595511</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>602559</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
@@ -7803,54 +7806,54 @@
       <x:c r="R88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>575952</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -8054,150 +8057,149 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>593078</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C94" s="15" t="s"/>
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="n">
+        <x:v>38175</x:v>
+      </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="J94" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>593884</x:v>
+        <x:v>597249</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>198</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>597249</x:v>
+        <x:v>593884</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
@@ -8316,51 +8318,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>596010</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
@@ -8418,100 +8420,100 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>596984</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>595988</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
@@ -8520,247 +8522,247 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>595996</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>595990</x:v>
+        <x:v>593839</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>593839</x:v>
+        <x:v>595990</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>615984</x:v>
+        <x:v>595998</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>595998</x:v>
+        <x:v>615984</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
@@ -8833,966 +8835,966 @@
       <x:c r="R108" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>595997</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>592794</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>597450</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>40548</x:v>
+        <x:v>39691</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592572</x:v>
+        <x:v>592225</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39022</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>14411</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>591971</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>39691</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>592225</x:v>
+        <x:v>592572</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>592116</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>39403</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>13024</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>592108</x:v>
+        <x:v>591985</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>38989</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>14414</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>591989</x:v>
+        <x:v>591881</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>38696</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>591881</x:v>
+        <x:v>591970</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38990</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>14461</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>591970</x:v>
+        <x:v>592108</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>591985</x:v>
+        <x:v>591989</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>592047</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>592796</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39479</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>595408</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40717</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>592795</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
@@ -10351,429 +10353,428 @@
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>595750</x:v>
+        <x:v>597473</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>597473</x:v>
+        <x:v>595750</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="J139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>575563</x:v>
+        <x:v>593794</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C140" s="15" t="s"/>
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C140" s="15" t="n">
+        <x:v>38177</x:v>
+      </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="J140" s="14" t="s"/>
+      <x:c r="J140" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>593794</x:v>
+        <x:v>575563</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>595508</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>595510</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>575928</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>593237</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
@@ -10860,249 +10861,249 @@
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>598436</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C147" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="J147" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>13027</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>573394</x:v>
+        <x:v>595742</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>593239</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C149" s="3" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C149" s="3" t="n">
+        <x:v>38177</x:v>
+      </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
+      <x:c r="J149" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>593768</x:v>
+        <x:v>573394</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>595742</x:v>
+        <x:v>593768</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>40794</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -12213,100 +12214,100 @@
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>593076</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>595751</x:v>
+        <x:v>595964</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
@@ -12315,188 +12316,188 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>595743</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>595909</x:v>
+        <x:v>595751</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>595963</x:v>
+        <x:v>595909</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>595964</x:v>
+        <x:v>595963</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>329</x:v>
@@ -12519,100 +12520,100 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>593898</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>596006</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
@@ -12825,51 +12826,51 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>596007</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
@@ -12927,51 +12928,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>594659</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
@@ -13029,51 +13030,51 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>596008</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>46354</x:v>
@@ -13224,100 +13225,100 @@
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>593788</x:v>
+        <x:v>593814</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>593814</x:v>
+        <x:v>593788</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>348</x:v>
@@ -13491,84 +13492,84 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>593774</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>575924</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
@@ -13856,337 +13857,337 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>593915</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="I205" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="I205" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="Q205" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>595977</x:v>
+        <x:v>593806</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>593806</x:v>
+        <x:v>595977</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="I207" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="Q207" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>593916</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="Q208" s="16" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>596015</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="I209" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="Q209" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>595978</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="Q210" s="16" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>378</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>596016</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>379</x:v>
@@ -14415,186 +14416,187 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>593763</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P216" s="14" t="s"/>
       <x:c r="Q216" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>593829</x:v>
+        <x:v>595208</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="I217" s="4" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="K217" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L217" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M217" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N217" s="3" t="n">
+        <x:v>14232</x:v>
+      </x:c>
+      <x:c r="O217" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="P217" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="Q217" s="4" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="R217" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="I217" s="4" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>595208</x:v>
+        <x:v>593829</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>395</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>593850</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>402</x:v>
@@ -15027,253 +15029,253 @@
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>593887</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38698</x:v>
+        <x:v>39789</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="P228" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="P228" s="14" t="s">
+      <x:c r="Q228" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q228" s="16" t="s">
+      <x:c r="R228" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="R228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>591869</x:v>
+        <x:v>592189</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>39789</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q229" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q229" s="4" t="s">
+      <x:c r="R229" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="R229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>592189</x:v>
+        <x:v>591869</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39462</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q230" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q230" s="16" t="s">
+      <x:c r="R230" s="14" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>592109</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="Q231" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="Q231" s="4" t="s">
+      <x:c r="R231" s="0" t="s">
         <x:v>427</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>592119</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
@@ -15288,51 +15290,51 @@
       <x:c r="J232" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>579011</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>424</x:v>
@@ -15774,79 +15776,79 @@
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>613084</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>592035</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>458</x:v>
@@ -16479,258 +16481,260 @@
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>581257</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>581325</x:v>
+        <x:v>575796</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>486</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>484</x:v>
+      </x:c>
+      <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>575796</x:v>
+        <x:v>593786</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C257" s="3" t="s"/>
+        <x:v>485</x:v>
+      </x:c>
+      <x:c r="C257" s="3" t="n">
+        <x:v>38967</x:v>
+      </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J257" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>14278</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>593786</x:v>
+        <x:v>574996</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>38967</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>14278</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="Q258" s="16" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>485</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>574996</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
@@ -17069,139 +17073,139 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>595984</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>593836</x:v>
+        <x:v>592968</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>592968</x:v>
+        <x:v>593836</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>495</x:v>
@@ -17224,51 +17228,51 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>596022</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
@@ -17428,51 +17432,51 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>593851</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
@@ -17714,51 +17718,51 @@
       <x:c r="G278" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>610949</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
@@ -17896,357 +17900,357 @@
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>593764</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C282" s="15" t="s"/>
+        <x:v>522</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="n">
+        <x:v>35973</x:v>
+      </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>522</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J282" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
-      <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>593792</x:v>
+        <x:v>576259</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C283" s="3" t="s"/>
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C283" s="3" t="n">
+        <x:v>38698</x:v>
+      </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H283" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="I283" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J283" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="K283" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="L283" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M283" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N283" s="3" t="n">
+        <x:v>12087</x:v>
+      </x:c>
+      <x:c r="O283" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="P283" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="I283" s="4" t="s">
-[...17 lines deleted...]
-      <x:c r="P283" s="0" t="s">
+      <x:c r="Q283" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="R283" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
-      <x:c r="Q283" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>593838</x:v>
+        <x:v>576270</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>527</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>34</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>36</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>15436</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>576259</x:v>
+        <x:v>593838</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>531</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>576270</x:v>
+        <x:v>593792</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>593820</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>593830</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
@@ -18255,1648 +18259,1650 @@
       <x:c r="H288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
+        <x:v>486</x:v>
+      </x:c>
+      <x:c r="Q288" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="Q288" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>581575</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>535</x:v>
-[...1 lines deleted...]
-      <x:c r="C289" s="3" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C289" s="3" t="n">
+        <x:v>39015</x:v>
+      </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J289" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>595518</x:v>
+        <x:v>592034</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>595557</x:v>
+        <x:v>595518</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K291" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L291" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M291" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N291" s="3" t="n">
+        <x:v>14261</x:v>
+      </x:c>
+      <x:c r="O291" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P291" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K291" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>596021</x:v>
+        <x:v>595557</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
-        <x:v>15247</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>595849</x:v>
+        <x:v>596021</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K293" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L293" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M293" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N293" s="3" t="n">
+        <x:v>15247</x:v>
+      </x:c>
+      <x:c r="O293" s="0" t="s">
+        <x:v>542</x:v>
+      </x:c>
+      <x:c r="P293" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K293" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>595515</x:v>
+        <x:v>595849</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>595520</x:v>
+        <x:v>595515</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K295" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L295" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M295" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N295" s="3" t="n">
+        <x:v>14261</x:v>
+      </x:c>
+      <x:c r="O295" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P295" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K295" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>595968</x:v>
+        <x:v>595520</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>187</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>592037</x:v>
+        <x:v>595968</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>545</x:v>
-[...1 lines deleted...]
-      <x:c r="C297" s="3" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C297" s="3" t="n">
+        <x:v>39015</x:v>
+      </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J297" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>595846</x:v>
+        <x:v>592037</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>593879</x:v>
+        <x:v>595846</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>595987</x:v>
+        <x:v>593879</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>592888</x:v>
+        <x:v>595987</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K301" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L301" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M301" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N301" s="3" t="n">
+        <x:v>11054</x:v>
+      </x:c>
+      <x:c r="O301" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="P301" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K301" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>593077</x:v>
+        <x:v>592888</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>594660</x:v>
+        <x:v>593077</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K303" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L303" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M303" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N303" s="3" t="n">
+        <x:v>14232</x:v>
+      </x:c>
+      <x:c r="O303" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="P303" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K303" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>595741</x:v>
+        <x:v>593899</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>187</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>592039</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K305" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L305" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M305" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N305" s="3" t="n">
+        <x:v>14261</x:v>
+      </x:c>
+      <x:c r="O305" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P305" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K305" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>592962</x:v>
+        <x:v>593241</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>596005</x:v>
+        <x:v>592969</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>596020</x:v>
+        <x:v>595967</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>187</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>161</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>592034</x:v>
+        <x:v>596004</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K309" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L309" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M309" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N309" s="3" t="n">
+        <x:v>11454</x:v>
+      </x:c>
+      <x:c r="O309" s="0" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="P309" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K309" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>595108</x:v>
+        <x:v>595851</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>593241</x:v>
+        <x:v>595516</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K311" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L311" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M311" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N311" s="3" t="n">
+        <x:v>45022</x:v>
+      </x:c>
+      <x:c r="O311" s="0" t="s">
+        <x:v>550</x:v>
+      </x:c>
+      <x:c r="P311" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K311" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>595986</x:v>
+        <x:v>595741</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>596004</x:v>
+        <x:v>595986</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K313" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L313" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M313" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N313" s="3" t="n">
+        <x:v>13154</x:v>
+      </x:c>
+      <x:c r="O313" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="P313" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K313" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>592969</x:v>
+        <x:v>596005</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C314" s="15" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C314" s="15" t="n">
+        <x:v>39015</x:v>
+      </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>537</x:v>
-[...1 lines deleted...]
-      <x:c r="J314" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J314" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>593899</x:v>
+        <x:v>592039</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>595851</x:v>
+        <x:v>596020</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>595967</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
+        <x:v>538</x:v>
+      </x:c>
+      <x:c r="K317" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L317" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M317" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N317" s="3" t="n">
+        <x:v>14261</x:v>
+      </x:c>
+      <x:c r="O317" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="P317" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
-      <x:c r="K317" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>595516</x:v>
+        <x:v>594660</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>592045</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>592571</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
@@ -19980,147 +19986,147 @@
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>593920</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C322" s="15" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C322" s="15" t="n">
+        <x:v>38208</x:v>
+      </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>558</x:v>
-[...1 lines deleted...]
-      <x:c r="J322" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="J322" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>100</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="P322" s="14" t="s"/>
       <x:c r="Q322" s="16" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>593885</x:v>
+        <x:v>597262</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="P323" s="0" t="s">
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>597262</x:v>
+        <x:v>593885</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
@@ -20265,248 +20271,248 @@
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>571</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>593867</x:v>
+        <x:v>593825</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
+        <x:v>573</x:v>
+      </x:c>
+      <x:c r="Q328" s="16" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>573</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>593825</x:v>
+        <x:v>593867</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>35973</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>595444</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>591868</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>14278</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
@@ -20632,121 +20638,121 @@
       <x:c r="B334" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>595662</x:v>
+        <x:v>595900</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>595900</x:v>
+        <x:v>595662</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
@@ -21220,51 +21226,51 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>593897</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
@@ -21681,139 +21687,139 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>593810</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>595965</x:v>
+        <x:v>596002</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>596002</x:v>
+        <x:v>595965</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -21899,82 +21905,82 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>575944</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>575929</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
@@ -22116,382 +22122,382 @@
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>593865</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C363" s="3" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C363" s="3" t="n">
+        <x:v>38155</x:v>
+      </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H363" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J363" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>593779</x:v>
+        <x:v>575927</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>575927</x:v>
+        <x:v>575945</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>575945</x:v>
+        <x:v>575949</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>593760</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>618</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-        <x:v>35</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>575949</x:v>
+        <x:v>593769</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>593769</x:v>
+        <x:v>593843</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>620</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
@@ -22511,132 +22517,132 @@
       <x:c r="R369" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>575948</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="Q370" s="16" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="R370" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="Q370" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>593843</x:v>
+        <x:v>593780</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>593780</x:v>
+        <x:v>593903</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>627</x:v>
@@ -22645,1225 +22651,1222 @@
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>593903</x:v>
+        <x:v>593874</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>631</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>593874</x:v>
+        <x:v>593790</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>633</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="Q374" s="16" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="Q374" s="16" t="s">
+      <x:c r="R374" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="R374" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>593790</x:v>
+        <x:v>593900</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>593900</x:v>
+        <x:v>593813</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>593813</x:v>
+        <x:v>593799</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
+        <x:v>639</x:v>
+      </x:c>
+      <x:c r="I377" s="4" t="s">
         <x:v>640</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>641</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="Q377" s="4" t="s">
         <x:v>640</x:v>
       </x:c>
-      <x:c r="Q377" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>593799</x:v>
+        <x:v>593880</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="H378" s="14" t="s"/>
+      <x:c r="H378" s="14" t="s">
+        <x:v>644</x:v>
+      </x:c>
       <x:c r="I378" s="16" t="s">
-        <x:v>304</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14216</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>597260</x:v>
+        <x:v>587833</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="H379" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>581544</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>595633</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>646</x:v>
-[...1 lines deleted...]
-      <x:c r="C381" s="3" t="s"/>
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C381" s="3" t="n">
+        <x:v>38208</x:v>
+      </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="H381" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J381" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>14216</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>587833</x:v>
+        <x:v>597260</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>649</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>39059</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="H382" s="14" t="s"/>
+      <x:c r="H382" s="14" t="s">
+        <x:v>644</x:v>
+      </x:c>
       <x:c r="I382" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>592012</x:v>
+        <x:v>581544</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>593880</x:v>
+        <x:v>593911</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C384" s="15" t="s"/>
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="C384" s="15" t="n">
+        <x:v>39494</x:v>
+      </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>653</x:v>
-[...1 lines deleted...]
-      <x:c r="H384" s="14" t="s"/>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="H384" s="14" t="s">
+        <x:v>644</x:v>
+      </x:c>
       <x:c r="I384" s="16" t="s">
-        <x:v>614</x:v>
-[...1 lines deleted...]
-      <x:c r="J384" s="14" t="s"/>
+        <x:v>645</x:v>
+      </x:c>
+      <x:c r="J384" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K384" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>593906</x:v>
+        <x:v>603924</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>654</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>303</x:v>
-[...1 lines deleted...]
-      <x:c r="H385" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="I385" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="K385" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L385" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M385" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N385" s="3" t="n">
+        <x:v>14232</x:v>
+      </x:c>
+      <x:c r="O385" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="P385" s="0" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="Q385" s="4" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="R385" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="I385" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>603924</x:v>
+        <x:v>593906</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>593781</x:v>
+        <x:v>593779</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>593798</x:v>
+        <x:v>593781</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>304</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>592117</x:v>
+        <x:v>593798</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>39494</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>13057</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>592038</x:v>
+        <x:v>592117</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>660</x:v>
-[...1 lines deleted...]
-      <x:c r="C390" s="15" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C390" s="15" t="n">
+        <x:v>39015</x:v>
+      </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="H390" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>643</x:v>
-[...1 lines deleted...]
-      <x:c r="J390" s="14" t="s"/>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J390" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>621038</x:v>
+        <x:v>592038</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>661</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>422</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
+      <x:c r="H391" s="0" t="s">
+        <x:v>644</x:v>
+      </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>304</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>12087</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>591867</x:v>
+        <x:v>621038</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C392" s="15" t="s"/>
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="C392" s="15" t="n">
+        <x:v>38698</x:v>
+      </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>643</x:v>
-[...1 lines deleted...]
-      <x:c r="J392" s="14" t="s"/>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J392" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>593911</x:v>
+        <x:v>591867</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>588082</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>597248</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -23873,318 +23876,318 @@
       <x:c r="J395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>592118</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>593803</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H397" s="0" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>581545</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>593750</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>593765</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>607502</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -24194,51 +24197,51 @@
       <x:c r="J401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>592797</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>669</x:v>
       </x:c>
@@ -24264,1933 +24267,1932 @@
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>593761</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>673</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>304</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>620384</x:v>
+        <x:v>593787</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="C404" s="15" t="s"/>
+        <x:v>676</x:v>
+      </x:c>
+      <x:c r="C404" s="15" t="n">
+        <x:v>39466</x:v>
+      </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>676</x:v>
-[...1 lines deleted...]
-      <x:c r="J404" s="14" t="s"/>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="J404" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="Q404" s="16" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="R404" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
-      <x:c r="Q404" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>593787</x:v>
+        <x:v>620384</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>673</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>39466</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>592105</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>650</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>592011</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="I407" s="4" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="K407" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L407" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M407" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N407" s="3" t="n">
+        <x:v>13154</x:v>
+      </x:c>
+      <x:c r="O407" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="P407" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="Q407" s="4" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="R407" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="I407" s="4" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>595640</x:v>
+        <x:v>595632</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>595632</x:v>
+        <x:v>595640</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>595559</x:v>
+        <x:v>596017</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>593074</x:v>
+        <x:v>596018</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>596017</x:v>
+        <x:v>595856</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>596018</x:v>
+        <x:v>593074</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>595856</x:v>
+        <x:v>595521</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>595506</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>595513</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>595521</x:v>
+        <x:v>595845</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>595845</x:v>
+        <x:v>595514</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>595514</x:v>
+        <x:v>595519</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>595519</x:v>
+        <x:v>593871</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>683</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>593871</x:v>
+        <x:v>592964</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>592964</x:v>
+        <x:v>592967</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>592967</x:v>
+        <x:v>595106</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>595106</x:v>
+        <x:v>592894</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>592894</x:v>
+        <x:v>595973</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>595973</x:v>
+        <x:v>593818</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>593818</x:v>
+        <x:v>596019</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>596019</x:v>
+        <x:v>595559</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>595561</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C429" s="3" t="s"/>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>595582</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>595636</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>595517</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>593845</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="Q433" s="4" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="R433" s="0" t="s">
         <x:v>677</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>593886</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
+        <x:v>678</x:v>
+      </x:c>
+      <x:c r="Q434" s="16" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="R434" s="14" t="s">
         <x:v>677</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>595645</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>15259</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>595848</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>595688</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>595971</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>595972</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>681</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>595852</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
@@ -27134,127 +27136,127 @@
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>595970</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>592889</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>595853</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
@@ -27285,51 +27287,51 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>592966</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
@@ -27760,148 +27762,148 @@
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>593823</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
-        <x:v>39014</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>751</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>592040</x:v>
+        <x:v>597261</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
-        <x:v>38208</x:v>
+        <x:v>39014</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>597261</x:v>
+        <x:v>592040</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
@@ -27973,916 +27975,916 @@
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>593831</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>595638</x:v>
+        <x:v>595507</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>595507</x:v>
+        <x:v>595981</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>595981</x:v>
+        <x:v>595999</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>595999</x:v>
+        <x:v>596000</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>596000</x:v>
+        <x:v>595979</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>595979</x:v>
+        <x:v>595980</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>595980</x:v>
+        <x:v>593824</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>759</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>759</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>593824</x:v>
+        <x:v>595581</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>595581</x:v>
+        <x:v>593075</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>593075</x:v>
+        <x:v>596001</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>596001</x:v>
+        <x:v>593796</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>760</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>760</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>761</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>593796</x:v>
+        <x:v>592965</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>592965</x:v>
+        <x:v>595642</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>595642</x:v>
+        <x:v>595558</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>595558</x:v>
+        <x:v>595512</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>595512</x:v>
+        <x:v>595689</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>595689</x:v>
+        <x:v>595638</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>