--- v0 (2026-01-30)
+++ v1 (2026-03-17)
@@ -251,54 +251,54 @@
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Coopératif Provence Alpes Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CCPAM</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/09/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
@@ -1180,57 +1180,57 @@
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>519940</x:v>
+        <x:v>486615</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
@@ -1242,51 +1242,51 @@
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>486164</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -1296,57 +1296,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>486615</x:v>
+        <x:v>519940</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">