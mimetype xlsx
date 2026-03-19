--- v1 (2026-03-19)
+++ v2 (2026-03-19)
@@ -395,56 +395,56 @@
   <x:si>
     <x:t>master mention droit public</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention droit</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management public</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention géographie, aménagement, environnement et développement</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention droit de l'environnement</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention géographie, aménagement, environnement et développement</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention droit international et droit européen</x:t>
   </x:si>
   <x:si>
     <x:t>master mention urbanisme et aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>master mention économie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention direction de projets ou établissements culturels parcours administration des institutions culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
@@ -539,96 +539,96 @@
   <x:si>
     <x:t>master mention civilisations, cultures et sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie du droit parcours business law and economics</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie parcours données, analyses, décisions et évaluation économiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention économie parcours recherche en économie</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'eau parcours hydrogéologie et géochimie des eaux</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours gestion adaptative de la biodiversité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours biodiversité : fonctions et conservation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Master mention biodiversité, écologie et évolution parcours gestion adaptative de la biodiversité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'eau parcours gestion de l'eau et des milieux aquatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
   </x:si>
   <x:si>
     <x:t>Théorie graphes</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours handicap et santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
   </x:si>
@@ -3696,105 +3696,102 @@
       <x:c r="O42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s"/>
       <x:c r="Q42" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>595411</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>36761</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>12518</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>103</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>596279</x:v>
+        <x:v>592089</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
@@ -3807,88 +3804,91 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>592057</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>39294</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P45" s="0" t="s">
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>592089</x:v>
+        <x:v>596279</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38184</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -4584,51 +4584,51 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>597419</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>12205</x:v>
@@ -5367,156 +5367,156 @@
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>576293</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>13057</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>575687</x:v>
+        <x:v>581232</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>157</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>581232</x:v>
+        <x:v>575687</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38186</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -5749,119 +5749,119 @@
       <x:c r="H79" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>577544</x:v>
+        <x:v>577547</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>577548</x:v>
+        <x:v>577544</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -5874,65 +5874,65 @@
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>577547</x:v>
+        <x:v>577548</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -6687,51 +6687,51 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>591996</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>