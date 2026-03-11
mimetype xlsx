--- v0 (2026-03-10)
+++ v1 (2026-03-11)
@@ -446,123 +446,123 @@
   <x:si>
     <x:t>Diplôme d'université formation pair aidance</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré (CPGE à parcours sécurisé, associées avec le Lycée Externat St Joseph (La Cordeille), implantées à l'ISEN Yncréa Méditerranée de Toulon, programmes MPSI-PSI adaptés)</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Autisme, TSA : Intervenir auprès du très jeune enfant (moins de 48 mois)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edi Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALLAURIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA sans TDI : Comprendre, repérer et accompagner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Utiliser des évaluations perceptives et sensorielles pour établir un Plan d’Action Sensoriel Individualisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Repères spatio-temporels et prévisibilité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TND - Repérer les troubles neurodéveloppementaux chez les 0-3 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Evaluation PEP-3 pour enfants (à partir de 2 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA sans TDI : Accompagner des adultes vers l’emploi en milieu ordinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Autisme, TSA : adapter l'accueil et la prise en charge en service d'accueil d'urgence</x:t>
-  </x:si>
-[...70 lines deleted...]
-    <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Répondre aux enjeux du dispositif Serafin-PH</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Comprendre et adapter l’environnement aux particularités sensorielles et perceptives</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autisme, TSA : Accompagner avec bientraitance au quotidien</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
@@ -2267,511 +2267,511 @@
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>616634</x:v>
+        <x:v>585134</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>585134</x:v>
+        <x:v>585137</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>585137</x:v>
+        <x:v>585132</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>585132</x:v>
+        <x:v>585138</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>585138</x:v>
+        <x:v>585173</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>585173</x:v>
+        <x:v>585183</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>585183</x:v>
+        <x:v>585129</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>585129</x:v>
+        <x:v>585142</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>585142</x:v>
+        <x:v>616634</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>585133</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
@@ -2783,51 +2783,51 @@
       <x:c r="M32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>585154</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>113</x:v>
@@ -2893,100 +2893,100 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>585157</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>585128</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
@@ -3237,51 +3237,51 @@
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>621270</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
@@ -3290,100 +3290,100 @@
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>585145</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>585126</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">