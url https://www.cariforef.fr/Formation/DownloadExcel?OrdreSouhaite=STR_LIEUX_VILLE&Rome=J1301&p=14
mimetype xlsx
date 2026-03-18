--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -251,74 +251,74 @@
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Crfp Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Brancardier</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRF PACA CORSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Lycée Émile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Charles de Gaulle</x:t>
   </x:si>
   <x:si>
     <x:t>84405</x:t>
   </x:si>
   <x:si>
     <x:t>APT CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
@@ -593,134 +593,134 @@
   <x:si>
     <x:t>Agent de services hospitaliers</x:t>
   </x:si>
   <x:si>
     <x:t>Agent service hospitalier</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H Romane</x:t>
   </x:si>
   <x:si>
     <x:t>05202</x:t>
   </x:si>
   <x:si>
     <x:t>Embrun</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée A Camus</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel agent de propreté et d'hygiène (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filière entreprise - CFA - Antenne Gap - Ecole de la Deuxième Chance des Hautes Alpes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de propreté et d'hygiène</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...2 lines deleted...]
-    <x:t>GAP CEDEX</x:t>
+    <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Prestataire de Services et Distributeur de Matériels (PSDM) Garant professionnel de santé</x:t>
   </x:si>
   <x:si>
     <x:t>Aster Développement</x:t>
   </x:si>
   <x:si>
     <x:t>84240</x:t>
   </x:si>
   <x:si>
     <x:t>GRAMBOIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Prestataires de services et distributeurs de matériel (PSDM) - intervenants</x:t>
   </x:si>
   <x:si>
     <x:t>Prestataire de Services et Distributeur de Matériels (PSDM) garant non professionnel de santé</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Amiral de Grasse</x:t>
@@ -800,77 +800,77 @@
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de service médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP propreté et prévention des biocontaminations</x:t>
   </x:si>
   <x:si>
     <x:t>EREA Paul Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>84964</x:t>
   </x:si>
   <x:si>
     <x:t>EREA P Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/05/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technique de stérilisation par autoclave</x:t>
   </x:si>
   <x:si>
     <x:t>Corps Tech Formations</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>Stérilisation médicale</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
@@ -905,71 +905,71 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CU Education thérapeutique pour patients experts</x:t>
   </x:si>
   <x:si>
     <x:t>Relation soin</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Ch Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LPO Ch Péguy</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
@@ -1130,204 +1130,204 @@
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant de soins en gérontologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO H Leroy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-ZACHARIE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de l'Empéri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON DE PROVENCE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Viala Lacoste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SALON-DE-PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résonance sous cutanée (RESC) - niveau 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Patrick Fouchier - Résonance Energétique par Stimulation Cutanée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RESC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83210</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique hospitalière , Profession libérale , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOLLIES-PONT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résonance énergétique par stimulation cutanée (RESC) - niveau 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique hospitalière , Particulier, individuel , Profession libérale , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traitement douleur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP du Parc St-Jean</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formadom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l'entrée en Institut de Formation en Soins Infirmiers (IFSI) - filière formation professionnelle continue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement de Coopération Sanitaire de Institut de Formation Public Varois des Professions de Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GCS IFPVPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel Agent de propreté et d'hygiène (TP APH)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Fénelon</x:t>
+  </x:si>
+  <x:si>
     <x:t>Epv</x:t>
   </x:si>
   <x:si>
-    <x:t>83000</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>OLLIOULES</x:t>
-[...127 lines deleted...]
-  <x:si>
     <x:t>CAP propreté et prévention des biocontaminations (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>83097</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Monnet</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -2254,145 +2254,147 @@
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>614478</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="C9" s="3" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H9" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="J9" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>606681</x:v>
+        <x:v>602709</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>43413</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>602709</x:v>
+        <x:v>606681</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>44</x:v>
@@ -2628,90 +2630,90 @@
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>596423</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I16" s="16" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>606135</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
@@ -3484,51 +3486,51 @@
       <x:c r="M31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>579388</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="G32" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>161</x:v>
@@ -3597,154 +3599,157 @@
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>596411</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
+      <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>43429</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>612260</x:v>
+        <x:v>596402</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F35" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="K35" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="L35" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M35" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="N35" s="3" t="n">
+        <x:v>43429</x:v>
+      </x:c>
+      <x:c r="O35" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="P35" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="Q35" s="4" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="S35" s="0" t="n">
+        <x:v>612260</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="I35" s="4" t="s">
+      <x:c r="U35" s="4" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...31 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>183</x:v>
@@ -3886,384 +3891,384 @@
       <x:c r="R38" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>591813</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>585633</x:v>
+        <x:v>585932</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>585933</x:v>
+        <x:v>585635</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>585931</x:v>
+        <x:v>585633</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>585932</x:v>
+        <x:v>585933</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>585635</x:v>
+        <x:v>585931</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>585634</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
@@ -4666,51 +4671,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>604647</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -4779,51 +4784,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>584547</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -5028,182 +5033,182 @@
       <x:c r="H59" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>613001</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>575479</x:v>
+        <x:v>617260</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>532202</x:v>
+        <x:v>617261</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
@@ -5212,111 +5217,114 @@
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>532273</x:v>
+        <x:v>575479</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>40309</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>42086</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>592319</x:v>
+        <x:v>532202</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -5325,753 +5333,750 @@
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>560469</x:v>
+        <x:v>532273</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>40309</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
-        <x:v>194</x:v>
-[...2 lines deleted...]
-        <x:v>195</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>42069</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>575397</x:v>
+        <x:v>592319</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>41365</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>617258</x:v>
+        <x:v>560469</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>532272</x:v>
+        <x:v>575397</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>617246</x:v>
+        <x:v>617258</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>41365</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>617259</x:v>
+        <x:v>532272</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>532201</x:v>
+        <x:v>617246</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>560347</x:v>
+        <x:v>617259</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>41365</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>617245</x:v>
+        <x:v>532201</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>41365</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>617248</x:v>
+        <x:v>560347</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>617247</x:v>
+        <x:v>617245</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>617260</x:v>
+        <x:v>617248</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>617261</x:v>
+        <x:v>617247</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
@@ -6111,51 +6116,51 @@
       <x:c r="C78" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>599897</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -6163,51 +6168,51 @@
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>43422</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>589571</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -6250,320 +6255,320 @@
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>614488</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>36077</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F81" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H81" s="0" t="s">
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>43413</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>620901</x:v>
+        <x:v>612991</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s"/>
-      <x:c r="F82" s="14" t="s"/>
+      <x:c r="E82" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F82" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="G82" s="14" t="s">
-        <x:v>279</x:v>
-[...1 lines deleted...]
-      <x:c r="H82" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H82" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>35015</x:v>
+        <x:v>43429</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>596422</x:v>
+        <x:v>612259</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>596399</x:v>
+        <x:v>596422</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>41365</x:v>
+        <x:v>36077</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
+      <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>42069</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>612991</x:v>
+        <x:v>620901</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
-      <x:c r="E85" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>43429</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>612259</x:v>
+        <x:v>596399</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -6791,93 +6796,93 @@
       <x:c r="R90" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>596405</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>598072</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>302</x:v>
@@ -6909,78 +6914,78 @@
       <x:c r="R92" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>607275</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>604411</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
@@ -7019,495 +7024,497 @@
       <x:c r="R94" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>596420</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>604474</x:v>
+        <x:v>604410</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>547905</x:v>
+        <x:v>604474</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>573689</x:v>
+        <x:v>547905</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>573726</x:v>
+        <x:v>573689</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>37872</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>604410</x:v>
+        <x:v>573726</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>40312</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>314</x:v>
-[...1 lines deleted...]
-      <x:c r="H100" s="14" t="s"/>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
+        <x:v>182</x:v>
+      </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>592253</x:v>
+        <x:v>604475</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37872</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>604475</x:v>
+        <x:v>598105</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>620349</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -7520,51 +7527,51 @@
       <x:c r="L103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>620359</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
@@ -7579,111 +7586,108 @@
       <x:c r="L104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>548045</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>41365</x:v>
+        <x:v>40312</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>181</x:v>
-[...2 lines deleted...]
-        <x:v>182</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>42069</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>598105</x:v>
+        <x:v>592253</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40312</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>302</x:v>
@@ -7822,81 +7826,81 @@
       <x:c r="R108" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>600701</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I109" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>614989</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>99</x:v>
@@ -7938,93 +7942,93 @@
       <x:c r="R110" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>612261</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I111" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q111" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>616977</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
@@ -8104,126 +8108,126 @@
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>600702</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I114" s="16" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>606100</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>552033</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
@@ -8238,51 +8242,51 @@
       <x:c r="C116" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>599895</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -8588,81 +8592,81 @@
       <x:c r="R122" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>606684</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="I123" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q123" s="4" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>606132</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
@@ -8691,1195 +8695,1192 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>596407</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>40309</x:v>
+        <x:v>36077</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>42086</x:v>
+        <x:v>43413</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="Q125" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="R125" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="Q125" s="4" t="s">
+      <x:c r="S125" s="0" t="n">
+        <x:v>602707</x:v>
+      </x:c>
+      <x:c r="T125" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="R125" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>62</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>602707</x:v>
+        <x:v>620821</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43414</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>620881</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>36077</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
-      <x:c r="E128" s="14" t="s"/>
-      <x:c r="F128" s="14" t="s"/>
+      <x:c r="E128" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F128" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
       <x:c r="G128" s="14" t="s">
-        <x:v>52</x:v>
-[...1 lines deleted...]
-      <x:c r="H128" s="14" t="s"/>
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>43413</x:v>
+        <x:v>42069</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>620821</x:v>
+        <x:v>612993</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>363</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>41365</x:v>
+        <x:v>37872</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
-        <x:v>99</x:v>
-[...2 lines deleted...]
-        <x:v>100</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>612993</x:v>
+        <x:v>603575</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>126</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>143</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>144</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>146</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>42069</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>603575</x:v>
+        <x:v>596416</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>35015</x:v>
+        <x:v>31776</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>596416</x:v>
+        <x:v>616774</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>31776</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>616774</x:v>
+        <x:v>596400</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="Q133" s="4" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="R133" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="Q133" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>596400</x:v>
+        <x:v>596428</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>35015</x:v>
+        <x:v>43414</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>596428</x:v>
+        <x:v>614474</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="K135" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="K135" s="0" t="s">
+      <x:c r="L135" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M135" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="N135" s="3" t="n">
+        <x:v>43023</x:v>
+      </x:c>
+      <x:c r="O135" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="L135" s="0" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="S135" s="0" t="n">
+        <x:v>620713</x:v>
+      </x:c>
+      <x:c r="T135" s="4" t="s">
         <x:v>380</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C136" s="15" t="n">
+        <x:v>37872</x:v>
+      </x:c>
+      <x:c r="D136" s="15" t="s"/>
+      <x:c r="E136" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F136" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="G136" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="I136" s="16" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="J136" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K136" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="L136" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="M136" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="N136" s="15" t="n">
+        <x:v>42069</x:v>
+      </x:c>
+      <x:c r="O136" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P136" s="14" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="R136" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C136" s="15" t="s"/>
-[...13 lines deleted...]
-      <x:c r="K136" s="14" t="s">
+      <x:c r="S136" s="14" t="n">
+        <x:v>580086</x:v>
+      </x:c>
+      <x:c r="T136" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="L136" s="14" t="s">
-[...8 lines deleted...]
-      <x:c r="O136" s="14" t="s">
+      <x:c r="U136" s="16" t="s">
         <x:v>384</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>596403</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>608259</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="H139" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="H139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>43409</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>576296</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>396</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>586637</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="U140" s="16" t="s">
         <x:v>397</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>558581</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>596421</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40309</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42086</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>590625</x:v>
+        <x:v>590624</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="U143" s="4" t="s">
         <x:v>402</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>40312</x:v>
+        <x:v>40309</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>42086</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>592256</x:v>
+        <x:v>590625</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>37872</x:v>
+        <x:v>40312</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
-      <x:c r="E145" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>42069</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>580086</x:v>
+        <x:v>592256</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">