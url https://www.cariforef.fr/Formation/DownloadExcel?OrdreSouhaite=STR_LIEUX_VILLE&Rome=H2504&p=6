--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -2940,99 +2940,101 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>547677</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38566</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>509239</x:v>
+        <x:v>515659</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38566</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -3048,118 +3050,116 @@
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>515659</x:v>
+        <x:v>616821</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38566</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>616821</x:v>
+        <x:v>509239</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>