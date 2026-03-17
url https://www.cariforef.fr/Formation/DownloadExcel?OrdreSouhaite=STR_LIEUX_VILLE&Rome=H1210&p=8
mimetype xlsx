--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -461,50 +461,65 @@
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
@@ -530,287 +545,272 @@
   <x:si>
     <x:t>Association pour la Formation Continue des Entreprises Grassoises</x:t>
   </x:si>
   <x:si>
     <x:t>ASFO GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Ingrédient arôme alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>créateur - manager en parfumerie et cosmétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École supérieure du parfum et de la cosmétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cosmétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole supérieure du parfum et de la cosmétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2031 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>créateur - manager en parfumerie et cosmétique</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de Tocqueville</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Métrologie dimensionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
-    <x:t>Univ. de Toulon</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expérimentation animale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Expérimentation animale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours diététique et nutrition</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conception et réalisation de systèmes automatiques</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention physique parcours physique et ses interactions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 3e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention physique parcours physique et ses interactions</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
@@ -848,113 +848,113 @@
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Thermométrie</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS métiers de la mesure</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS métiers de la mesure</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 9e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur spécialisé en modélisation complexe des infrastructures de la construction, diplômé de l'institut supérieur du bâtiment et des travaux publics (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Institut Supérieur Bâtiment et TP</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie biologique</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur spécialisé en modélisation complexe des infrastructures de la construction, diplômé de l'institut supérieur du bâtiment et des travaux publics</x:t>
   </x:si>
   <x:si>
     <x:t>ISBA-TP</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
@@ -1157,72 +1157,72 @@
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours ingénierie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours signaux Images télécommunications et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences pour l'ingénieur parcours électronique, électrotechnique et automatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels parcours systèmes automatisés-robotique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
@@ -2940,162 +2940,161 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>80</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>501478</x:v>
+        <x:v>605835</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>36772</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>95</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>605835</x:v>
+        <x:v>501478</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>97</x:v>
@@ -3733,154 +3732,154 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592019</x:v>
+        <x:v>596648</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>36772</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>596648</x:v>
+        <x:v>592019</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4061,153 +4060,151 @@
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>575964</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>43</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>575963</x:v>
+        <x:v>596693</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>35369</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>596693</x:v>
+        <x:v>592023</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
@@ -4231,2042 +4228,2046 @@
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="C43" s="3" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="n">
+        <x:v>35369</x:v>
+      </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="J43" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591951</x:v>
+        <x:v>575963</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>591946</x:v>
+        <x:v>591951</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591936</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>11467</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="P46" s="14" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>597369</x:v>
+        <x:v>591936</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38127</x:v>
+        <x:v>38543</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
-      <x:c r="E47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H47" s="0" t="s">
+      <x:c r="I47" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="I47" s="4" t="s">
+      <x:c r="J47" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K47" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L47" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M47" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N47" s="3" t="n">
+        <x:v>11467</x:v>
+      </x:c>
+      <x:c r="O47" s="0" t="s">
         <x:v>147</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>544837</x:v>
+        <x:v>597369</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>544836</x:v>
+        <x:v>544837</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37850</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="Q49" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>597188</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>599067</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>599068</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>495252</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>495253</x:v>
+        <x:v>544836</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>38127</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s"/>
+      <x:c r="E54" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>170</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>151</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="J54" s="14" t="s"/>
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>21505</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>591944</x:v>
+        <x:v>495253</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>591960</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>175</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="H56" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="J56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31380</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>605780</x:v>
+        <x:v>591960</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="C57" s="3" t="s"/>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="n">
+        <x:v>40815</x:v>
+      </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="J57" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>12081</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>591958</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
-        <x:v>185</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>596698</x:v>
+        <x:v>591958</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>556142</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>596694</x:v>
+        <x:v>602523</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>35407</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>556130</x:v>
+        <x:v>596698</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>592166</x:v>
+        <x:v>596694</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>592031</x:v>
+        <x:v>556130</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>40815</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>31380</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>592790</x:v>
+        <x:v>592166</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>35407</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>602534</x:v>
+        <x:v>592031</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>40113</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>587477</x:v>
+        <x:v>592790</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>587823</x:v>
+        <x:v>602534</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>35407</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>510673</x:v>
+        <x:v>587477</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>596770</x:v>
+        <x:v>587823</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>602526</x:v>
+        <x:v>510673</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>35366</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>596696</x:v>
+        <x:v>596770</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>587481</x:v>
+        <x:v>602526</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35367</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>602523</x:v>
+        <x:v>556141</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s"/>
+      <x:c r="E74" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="H74" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>592023</x:v>
+        <x:v>454248</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>592384</x:v>
+        <x:v>587481</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>35407</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>454248</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>35367</x:v>
+        <x:v>35366</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
-      <x:c r="E77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>96</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>12010</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>556141</x:v>
+        <x:v>596696</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6411,57 +6412,57 @@
       <x:c r="S80" s="14" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -6472,382 +6473,377 @@
         <x:v>550241</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>605688</x:v>
+        <x:v>500987</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>605939</x:v>
+        <x:v>543666</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>176</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>500987</x:v>
+        <x:v>493638</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>37115</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>543666</x:v>
+        <x:v>605778</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>493638</x:v>
+        <x:v>547557</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40815</x:v>
+        <x:v>37115</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>176</x:v>
-[...2 lines deleted...]
-        <x:v>177</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>31380</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>605778</x:v>
+        <x:v>594584</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6856,453 +6852,459 @@
       <x:c r="K88" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>547557</x:v>
+        <x:v>605939</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H89" s="0" t="s">
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>594584</x:v>
+        <x:v>605688</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>574933</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>574915</x:v>
+        <x:v>574933</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>574918</x:v>
+        <x:v>574915</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>574924</x:v>
+        <x:v>574918</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>574932</x:v>
+        <x:v>574924</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>574921</x:v>
+        <x:v>574932</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
@@ -7317,108 +7319,108 @@
       <x:c r="K96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>574922</x:v>
+        <x:v>574921</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>575001</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
@@ -8311,144 +8313,154 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>508946</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="C114" s="15" t="s"/>
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="n">
+        <x:v>41832</x:v>
+      </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="J114" s="14" t="s"/>
+      <x:c r="J114" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11421</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>591949</x:v>
+        <x:v>596033</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>41832</x:v>
+        <x:v>35803</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>252</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>596033</x:v>
+        <x:v>609739</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>251</x:v>
@@ -8465,114 +8477,103 @@
       <x:c r="K116" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>11421</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>609739</x:v>
+        <x:v>556870</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>250</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>251</x:v>
-[...2 lines deleted...]
-        <x:v>252</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>253</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>11421</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>556870</x:v>
+        <x:v>591949</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -8599,495 +8600,495 @@
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>594581</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>39508</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>581561</x:v>
+        <x:v>574923</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>41018</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>597797</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>575047</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>574928</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>574923</x:v>
+        <x:v>581561</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>41018</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>576106</x:v>
+        <x:v>597797</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>574916</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>574951</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -9100,51 +9101,51 @@
       <x:c r="J127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>576109</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
@@ -9159,105 +9160,105 @@
       <x:c r="J128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>574930</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>41018</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>606188</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
@@ -9267,51 +9268,51 @@
       <x:c r="I130" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
@@ -9321,51 +9322,51 @@
       <x:c r="I131" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>592171</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
@@ -9378,51 +9379,51 @@
       <x:c r="I132" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
@@ -9432,51 +9433,51 @@
       <x:c r="I133" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>592020</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
@@ -9489,51 +9490,51 @@
       <x:c r="I134" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
@@ -9543,51 +9544,51 @@
       <x:c r="I135" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
@@ -9850,51 +9851,51 @@
       <x:c r="T140" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -9961,66 +9962,66 @@
       <x:c r="T142" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>595490</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
@@ -10059,148 +10060,148 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>592169</x:v>
+        <x:v>591907</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>591907</x:v>
+        <x:v>592169</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -11456,158 +11457,159 @@
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>623288</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>515643</x:v>
+        <x:v>509247</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
+      <x:c r="E171" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>509247</x:v>
+        <x:v>515643</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
@@ -12622,73 +12624,73 @@
         <x:v>574999</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>591940</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35496</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
@@ -12704,63 +12706,63 @@
       <x:c r="I191" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>509945</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
@@ -12823,51 +12825,51 @@
       <x:c r="I193" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>603813</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
@@ -12998,51 +13000,51 @@
       <x:c r="I196" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>575552</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -13052,51 +13054,51 @@
       <x:c r="I197" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>592027</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
@@ -13168,51 +13170,51 @@
       <x:c r="I199" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>575543</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
@@ -13287,762 +13289,761 @@
       <x:c r="I201" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>509933</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>576114</x:v>
+        <x:v>575004</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>35479</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>575553</x:v>
+        <x:v>575006</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
-      <x:c r="E204" s="14" t="s"/>
+      <x:c r="E204" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>575004</x:v>
+        <x:v>454262</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
+      <x:c r="E205" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>575006</x:v>
+        <x:v>554925</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>35494</x:v>
+        <x:v>35479</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>454262</x:v>
+        <x:v>575553</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>35494</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>554925</x:v>
+        <x:v>576114</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="H208" s="14" t="s"/>
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>592032</x:v>
+        <x:v>580928</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>580928</x:v>
+        <x:v>581345</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>581345</x:v>
+        <x:v>581550</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>575544</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>581550</x:v>
+        <x:v>575005</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>43</x:v>
-[...2 lines deleted...]
-        <x:v>44</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>575005</x:v>
+        <x:v>592032</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
@@ -14205,51 +14206,51 @@
       <x:c r="G217" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>611497</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
@@ -14387,51 +14388,51 @@
       <x:c r="G220" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>611498</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
@@ -14473,205 +14474,205 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>558858</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>603400</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>554858</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>581539</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
@@ -14725,205 +14726,205 @@
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35310</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>546685</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>554857</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>603399</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
@@ -14936,82 +14937,82 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>591953</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>596771</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
@@ -15478,256 +15479,255 @@
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>591959</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>41832</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>79</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>11421</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>596032</x:v>
+        <x:v>611635</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>36937</x:v>
+        <x:v>41832</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
-      <x:c r="E241" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>11421</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>611635</x:v>
+        <x:v>596032</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>596769</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>575966</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">