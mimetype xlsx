--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -446,143 +446,143 @@
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La Forbine - Lycée Technique Privé de Chimie et de Biologie - Ecole Hôtelière de Provence - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cuisinier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cuisinier</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent restauration cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certificat de spécialisation desserts de restaurant (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/27/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cuisine (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>La cuisine gourmande ou la cuisson sous vide et basses températures</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dc Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2019 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel cuisinier en restauration collective (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisine collectivité</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>La cuisine gourmande ou la cuisson sous vide et basses températures</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel commis de cuisine (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac techno sciences et technologies de l'hôtellerie et de la restauration</x:t>
@@ -617,56 +617,56 @@
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + spécialisation Les petits fours sucrés et salés</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + specialisation Les pains et viennoiseries</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production + spécialisation : Les glaces et sorbets</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine BC02 Réaliser des préparations culinaires de base en respectant les consignes de production</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation plancha et métiers de grillardin</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation barbecue</x:t>
   </x:si>
   <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation desserts chocolat</x:t>
   </x:si>
   <x:si>
+    <x:t>Cuisinier BC01 Production culinaire + spécialisation canard et foie gras</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cuisinier BC01 Production culinaire + spécialisation macarons</x:t>
   </x:si>
   <x:si>
-    <x:t>Cuisinier BC01 Production culinaire + spécialisation canard et foie gras</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Commis de cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
@@ -683,110 +683,110 @@
   <x:si>
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de partie arts culinaires et pâtisserie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Cuisine (goûtez aux métiers de la restauration)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
+    <x:t>11/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP A Dumas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>LP A Dumas</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Alexandre Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
@@ -893,77 +893,77 @@
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/02/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/04/2027 00:00:00</x:t>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Gap</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>Fondamentaux cuisine gastronomique + Haccp</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
-    <x:t>GAP</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation Gap</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>LP Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>05003</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>CAP cuisine - Cuisine des terroirs, circuits courts et alimentation durable</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE</x:t>
@@ -1013,56 +1013,56 @@
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent de la Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>Tkl Forma - CFA des 3 Caps</x:t>
   </x:si>
   <x:si>
     <x:t>83420</x:t>
   </x:si>
   <x:si>
     <x:t>LA CROIX-VALMER</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Commis de cuisine (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel commis de cuisine</x:t>
   </x:si>
   <x:si>
-    <x:t>Commis de cuisine (Contrat de Professionnalisation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel chef de partie arts culinaires et pâtisserie</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cuisine</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>HLJ - IMSAT</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
@@ -1343,65 +1343,65 @@
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel commis de cuisine (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle du Tertiaire et de l'Industrie Hôtelière</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>08/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/26/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>08/28/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Charlotte Grawitz</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
@@ -1469,99 +1469,99 @@
   <x:si>
     <x:t>Lycée Polyvalent Hôtellerie Tourisme Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro cuisine - Cuisine des terroirs, circuits courts et alimentation durable</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
+    <x:t>Personnel de bord (yacht) - Cuisine pâtisserie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mare Nicéa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Parc Impérial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H et C Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>H et C Conseil - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commis de cuisine (POEC)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asforest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Jeanne et Paul Augier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>ORANGE</x:t>
-  </x:si>
-[...46 lines deleted...]
-    <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lyée Professionnel Briand Aristide</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2027 00:00:00</x:t>
   </x:si>
@@ -3314,163 +3314,161 @@
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>585588</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>548769</x:v>
+        <x:v>557467</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>557467</x:v>
+        <x:v>548769</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4012,201 +4010,199 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>547788</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>48</x:v>
-[...2 lines deleted...]
-        <x:v>36</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42739</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>540922</x:v>
+        <x:v>468349</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>96</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>38431</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>98</x:v>
-[...1 lines deleted...]
-      <x:c r="J32" s="14" t="s"/>
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="J32" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>42739</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>468349</x:v>
+        <x:v>520725</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>34956</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
-      <x:c r="E33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>520725</x:v>
+        <x:v>491853</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>34956</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
@@ -4219,222 +4215,222 @@
       <x:c r="K34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>491853</x:v>
+        <x:v>587906</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>34956</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>587906</x:v>
+        <x:v>540922</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>34956</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>543650</x:v>
+        <x:v>587956</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>34956</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>587956</x:v>
+        <x:v>543650</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4791,216 +4787,216 @@
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>581346</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>37867</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
-      <x:c r="E45" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42746</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>611322</x:v>
+        <x:v>620316</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>37867</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>42746</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>554309</x:v>
+        <x:v>611322</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>620316</x:v>
+        <x:v>554309</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
@@ -5233,1230 +5229,1230 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>564631</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H53" s="0" t="s">
+      <x:c r="I53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="I53" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R53" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R53" s="0" t="s">
+      <x:c r="S53" s="0" t="n">
+        <x:v>520675</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="S53" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H54" s="14" t="s">
+      <x:c r="I54" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="I54" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R54" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>520675</x:v>
+        <x:v>602767</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H55" s="0" t="s">
+      <x:c r="I55" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R55" s="0" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>546726</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H56" s="14" t="s">
+      <x:c r="I56" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R56" s="14" t="s">
+      <x:c r="S56" s="14" t="n">
+        <x:v>496811</x:v>
+      </x:c>
+      <x:c r="T56" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="S56" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
-      <x:c r="E57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>138</x:v>
-[...2 lines deleted...]
-        <x:v>139</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="K57" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="L57" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="M57" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="N57" s="3" t="n">
+        <x:v>42752</x:v>
+      </x:c>
+      <x:c r="O57" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="P57" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q57" s="4" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="R57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="J57" s="0" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>602752</x:v>
+        <x:v>224561</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>38871</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H58" s="14" t="s">
+      <x:c r="I58" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="I58" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42708</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R58" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R58" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>602779</x:v>
+        <x:v>602751</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="C59" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C59" s="3" t="n">
+        <x:v>38431</x:v>
+      </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="J59" s="0" t="s">
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>224561</x:v>
+        <x:v>602752</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38871</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H60" s="14" t="s">
+      <x:c r="I60" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="I60" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R60" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>496811</x:v>
+        <x:v>602779</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H61" s="0" t="s">
+      <x:c r="I61" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R61" s="0" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>602763</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H62" s="14" t="s">
+      <x:c r="I62" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>546722</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H63" s="0" t="s">
+      <x:c r="I63" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>602762</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H64" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H64" s="14" t="s">
+      <x:c r="I64" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R64" s="14" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>547228</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H65" s="0" t="s">
+      <x:c r="I65" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R65" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R65" s="0" t="s">
+      <x:c r="S65" s="0" t="n">
+        <x:v>496856</x:v>
+      </x:c>
+      <x:c r="T65" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H66" s="14" t="s">
+      <x:c r="I66" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="I66" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>496856</x:v>
+        <x:v>546690</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
-      <x:c r="E67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G67" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H67" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H67" s="0" t="s">
+      <x:c r="I67" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="I67" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="R67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>546690</x:v>
+        <x:v>572646</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H68" s="14" t="s">
+      <x:c r="I68" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R68" s="14" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>446076</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H69" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H69" s="0" t="s">
+      <x:c r="I69" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R69" s="0" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>546721</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37380</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H70" s="14" t="s">
+      <x:c r="I70" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R70" s="14" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>546724</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H71" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H71" s="0" t="s">
+      <x:c r="I71" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R71" s="0" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>546696</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38871</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="H72" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H72" s="14" t="s">
+      <x:c r="I72" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42708</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R72" s="14" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>547233</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>166</x:v>
@@ -6968,51 +6964,51 @@
       <x:c r="K82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>587185</x:v>
+        <x:v>587212</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -7022,295 +7018,293 @@
       <x:c r="K83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>587212</x:v>
+        <x:v>587185</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s"/>
+      <x:c r="E84" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>605322</x:v>
+        <x:v>552279</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
-      <x:c r="E85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>552279</x:v>
+        <x:v>605324</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>605324</x:v>
+        <x:v>506434</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
-      <x:c r="E87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>506434</x:v>
+        <x:v>605322</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>186</x:v>
@@ -7694,208 +7688,208 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>579474</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>595238</x:v>
+        <x:v>597380</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>597380</x:v>
+        <x:v>595238</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>557642</x:v>
+        <x:v>526706</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
@@ -7907,114 +7901,114 @@
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>603892</x:v>
+        <x:v>557639</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>526706</x:v>
+        <x:v>526431</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -8023,114 +8017,114 @@
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>526431</x:v>
+        <x:v>557642</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>557639</x:v>
+        <x:v>603892</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
@@ -8142,51 +8136,51 @@
       <x:c r="L102" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>603894</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -8385,51 +8379,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>546559</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
@@ -8671,888 +8665,887 @@
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>601085</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>601086</x:v>
+        <x:v>579811</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>496776</x:v>
+        <x:v>546540</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>37380</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>546540</x:v>
+        <x:v>601086</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>579811</x:v>
+        <x:v>496776</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
-      <x:c r="F116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F116" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="G116" s="14" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>542507</x:v>
+        <x:v>580135</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>37859</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>546538</x:v>
+        <x:v>595232</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>595232</x:v>
+        <x:v>617219</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C119" s="3" t="n">
+        <x:v>38430</x:v>
+      </x:c>
+      <x:c r="D119" s="3" t="s"/>
+      <x:c r="G119" s="0" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="I119" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C119" s="3" t="s"/>
-[...14 lines deleted...]
-        <x:v>192</x:v>
+      <x:c r="J119" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>580135</x:v>
+        <x:v>597392</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>617219</x:v>
+        <x:v>542507</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>597392</x:v>
+        <x:v>546538</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>507570</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>547851</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>592263</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>515754</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>540933</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -9743,173 +9736,173 @@
       <x:c r="K130" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>610865</x:v>
+        <x:v>610864</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>615821</x:v>
+        <x:v>610865</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>610864</x:v>
+        <x:v>615821</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -10113,51 +10106,51 @@
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>588466</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42746</x:v>
@@ -10500,51 +10493,51 @@
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>587211</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>99</x:v>
@@ -10720,57 +10713,57 @@
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>552803</x:v>
+        <x:v>604733</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>257</x:v>
@@ -10781,57 +10774,57 @@
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>604733</x:v>
+        <x:v>552803</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -11318,156 +11311,156 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>617913</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>37380</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>564405</x:v>
+        <x:v>617918</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>617918</x:v>
+        <x:v>564405</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -11540,155 +11533,159 @@
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42710</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>600396</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>277</x:v>
-[...1 lines deleted...]
-      <x:c r="C162" s="15" t="s"/>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C162" s="15" t="n">
+        <x:v>38430</x:v>
+      </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="J162" s="14" t="s"/>
+      <x:c r="J162" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>598270</x:v>
+        <x:v>543728</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>520722</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11699,355 +11696,351 @@
       <x:c r="H164" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>502044</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>547595</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="J166" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>597604</x:v>
+        <x:v>598270</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
-      <x:c r="E167" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>255</x:v>
-[...2 lines deleted...]
-        <x:v>256</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>552857</x:v>
+        <x:v>597604</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>552858</x:v>
+        <x:v>552857</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>256</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>543728</x:v>
+        <x:v>552858</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G170" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -12057,51 +12050,51 @@
       <x:c r="J170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>582126</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -12111,51 +12104,51 @@
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>543705</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12164,114 +12157,114 @@
         <x:v>250</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>605951</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>494799</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12288,51 +12281,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>548771</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12348,51 +12341,51 @@
       <x:c r="J175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>498477</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12403,57 +12396,57 @@
       <x:c r="H176" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>552843</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -12463,51 +12456,51 @@
       <x:c r="J177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>540914</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12518,114 +12511,114 @@
       <x:c r="H178" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>604229</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>520656</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12634,57 +12627,57 @@
         <x:v>250</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>547513</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12694,57 +12687,57 @@
       <x:c r="H181" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>604212</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12755,57 +12748,57 @@
       <x:c r="H182" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>604228</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -12815,51 +12808,51 @@
       <x:c r="J183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>493597</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
@@ -12872,51 +12865,51 @@
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>493615</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12932,51 +12925,51 @@
       <x:c r="J185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>454925</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
@@ -14146,51 +14139,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>570010</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>99</x:v>
@@ -14203,51 +14196,51 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>607981</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37867</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
@@ -14373,278 +14366,278 @@
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>496259</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>584931</x:v>
+        <x:v>584950</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s"/>
+      <x:c r="E212" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>585278</x:v>
+        <x:v>570005</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>584950</x:v>
+        <x:v>584931</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
-      <x:c r="E214" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>570005</x:v>
+        <x:v>585278</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42752</x:v>
@@ -14940,51 +14933,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>448269</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42752</x:v>
@@ -15110,51 +15103,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>570012</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
@@ -15278,51 +15271,51 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>586644</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42752</x:v>
@@ -15446,51 +15439,51 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>607983</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
@@ -15849,51 +15842,51 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>540927</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>55</x:v>
@@ -16212,164 +16205,164 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>509490</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>607233</x:v>
+        <x:v>520693</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>520693</x:v>
+        <x:v>607233</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -16469,51 +16462,51 @@
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42708</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>586157</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
@@ -16574,51 +16567,51 @@
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42708</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>583343</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -16629,51 +16622,51 @@
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42708</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>585222</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
@@ -17065,51 +17058,51 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>604086</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
@@ -17186,164 +17179,164 @@
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>553338</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>38431</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>42760</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>520707</x:v>
+        <x:v>604103</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38431</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42760</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>604103</x:v>
+        <x:v>520707</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>37380</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>257</x:v>
@@ -17717,57 +17710,57 @@
       <x:c r="K268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>604788</x:v>
+        <x:v>553240</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38431</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -17777,57 +17770,57 @@
       <x:c r="K269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42760</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>553240</x:v>
+        <x:v>604788</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>257</x:v>
@@ -17909,105 +17902,107 @@
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>604806</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
-      <x:c r="E272" s="14" t="s"/>
+      <x:c r="E272" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>574184</x:v>
+        <x:v>501704</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -18028,107 +18023,105 @@
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>553261</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
-      <x:c r="E274" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>501704</x:v>
+        <x:v>574184</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
@@ -18833,207 +18826,207 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>520659</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>597388</x:v>
+        <x:v>595226</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>595226</x:v>
+        <x:v>597388</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>224559</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
@@ -20016,114 +20009,114 @@
       <x:c r="K308" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>493040</x:v>
+        <x:v>542323</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>37553</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>530010</x:v>
+        <x:v>542327</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>400</x:v>
@@ -20134,114 +20127,114 @@
       <x:c r="K310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>494862</x:v>
+        <x:v>604336</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>542323</x:v>
+        <x:v>615352</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
@@ -20250,233 +20243,233 @@
       <x:c r="K312" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>542327</x:v>
+        <x:v>585592</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
-      <x:c r="E313" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>604336</x:v>
+        <x:v>585554</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37553</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I314" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>615352</x:v>
+        <x:v>530010</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
+      <x:c r="E315" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>585592</x:v>
+        <x:v>494862</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -20485,99 +20478,99 @@
       <x:c r="K316" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>585554</x:v>
+        <x:v>493040</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>595230</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
@@ -20594,51 +20587,51 @@
       <x:c r="I318" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>609497</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
@@ -20654,51 +20647,51 @@
       <x:c r="I319" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>556791</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
@@ -20715,51 +20708,51 @@
       <x:c r="I320" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>507269</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
@@ -20775,51 +20768,51 @@
       <x:c r="I321" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>609494</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
@@ -20836,51 +20829,51 @@
       <x:c r="I322" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>556794</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
@@ -21277,57 +21270,57 @@
       <x:c r="K330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>501427</x:v>
+        <x:v>607929</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -21337,54 +21330,54 @@
       <x:c r="L331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>550558</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>426</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
@@ -21393,54 +21386,54 @@
       <x:c r="K332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>607929</x:v>
+        <x:v>501427</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
@@ -21639,85 +21632,85 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>567906</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38871</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42708</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>604313</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
@@ -21760,161 +21753,158 @@
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>446868</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>436</x:v>
-[...2 lines deleted...]
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>434</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>604304</x:v>
+        <x:v>504085</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>38871</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>42708</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>567905</x:v>
+        <x:v>604304</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
@@ -21941,102 +21931,104 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>497831</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38871</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>432</x:v>
-[...1 lines deleted...]
-      <x:c r="H342" s="14" t="s"/>
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="H342" s="14" t="s">
+        <x:v>437</x:v>
+      </x:c>
       <x:c r="I342" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42708</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>504085</x:v>
+        <x:v>567905</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -22473,51 +22465,51 @@
       <x:c r="M350" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>604293</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>39515</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
@@ -22541,86 +22533,86 @@
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>604309</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38871</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>42708</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>604314</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
@@ -22965,85 +22957,85 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>567846</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38871</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>42708</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>567904</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
@@ -23733,104 +23725,104 @@
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>570579</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>500446</x:v>
+        <x:v>599332</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -23854,104 +23846,104 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>570589</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>38722</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>599332</x:v>
+        <x:v>500446</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>37859</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
@@ -25117,51 +25109,51 @@
       <x:c r="L395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>583829</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38722</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G396" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -25240,51 +25232,51 @@
       <x:c r="M397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>507615</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
@@ -25596,51 +25588,51 @@
       <x:c r="M403" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>608163</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>192</x:v>
@@ -25651,57 +25643,57 @@
       <x:c r="K404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>608444</x:v>
+        <x:v>502439</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -25711,57 +25703,57 @@
       <x:c r="K405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>555792</x:v>
+        <x:v>608444</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>192</x:v>
@@ -25772,57 +25764,57 @@
       <x:c r="K406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>502439</x:v>
+        <x:v>555792</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -25843,1294 +25835,1293 @@
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>509801</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
-      <x:c r="E408" s="14" t="s"/>
-      <x:c r="F408" s="14" t="s"/>
+      <x:c r="E408" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F408" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="G408" s="14" t="s">
-        <x:v>215</x:v>
-[...1 lines deleted...]
-      <x:c r="H408" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H408" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="I408" s="16" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>617220</x:v>
+        <x:v>583840</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>467</x:v>
-[...1 lines deleted...]
-      <x:c r="C409" s="3" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C409" s="3" t="n">
+        <x:v>38430</x:v>
+      </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
-        <x:v>266</x:v>
-[...2 lines deleted...]
-        <x:v>267</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="J409" s="0" t="s">
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>583840</x:v>
+        <x:v>617343</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>453</x:v>
-[...1 lines deleted...]
-      <x:c r="H410" s="14" t="s"/>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H410" s="14" t="s">
+        <x:v>191</x:v>
+      </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>617343</x:v>
+        <x:v>516407</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>38722</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>516407</x:v>
+        <x:v>602035</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>38722</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
-      <x:c r="E412" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>602035</x:v>
+        <x:v>616710</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
+      <x:c r="E413" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>616710</x:v>
+        <x:v>617342</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>37859</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F414" s="14" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="F414" s="14" t="s">
+        <x:v>476</x:v>
+      </x:c>
       <x:c r="G414" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>472</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>617342</x:v>
+        <x:v>606697</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>574219</x:v>
+        <x:v>581754</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>37910</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
-      <x:c r="E416" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>513695</x:v>
+        <x:v>574219</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
+      <x:c r="E417" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>575214</x:v>
+        <x:v>513695</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>37859</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
-      <x:c r="E418" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E418" s="14" t="s"/>
+      <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>606697</x:v>
+        <x:v>575214</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>285</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="C419" s="3" t="s"/>
       <x:c r="D419" s="3" t="s"/>
+      <x:c r="E419" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="F419" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>454</x:v>
-[...2 lines deleted...]
-        <x:v>27</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>581754</x:v>
+        <x:v>583841</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>467</x:v>
-[...1 lines deleted...]
-      <x:c r="C420" s="15" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C420" s="15" t="n">
+        <x:v>38430</x:v>
+      </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
-        <x:v>266</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="J420" s="14" t="s"/>
+      <x:c r="J420" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K420" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>583841</x:v>
+        <x:v>559015</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
-      <x:c r="E421" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>559015</x:v>
+        <x:v>554037</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37910</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
-      <x:c r="E422" s="14" t="s"/>
+      <x:c r="E422" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>554037</x:v>
+        <x:v>516371</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>146</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
-      <x:c r="E423" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>190</x:v>
-[...2 lines deleted...]
-        <x:v>191</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>516371</x:v>
+        <x:v>595455</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>164</x:v>
-[...1 lines deleted...]
-      <x:c r="C424" s="15" t="s"/>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C424" s="15" t="n">
+        <x:v>37910</x:v>
+      </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>42776</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>595455</x:v>
+        <x:v>595231</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>37910</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>595231</x:v>
+        <x:v>592260</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>592260</x:v>
+        <x:v>597383</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>597383</x:v>
+        <x:v>540935</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>540935</x:v>
+        <x:v>617220</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>515751</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
@@ -27143,51 +27134,51 @@
       <x:c r="J430" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>597377</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F431" s="0" t="s">
         <x:v>88</x:v>
@@ -27195,227 +27186,227 @@
       <x:c r="G431" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>579477</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>542508</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>37553</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>507571</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>547850</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -27434,51 +27425,51 @@
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>557466</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -27488,51 +27479,51 @@
       <x:c r="L436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>540925</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -27605,51 +27596,51 @@
       <x:c r="L438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>583926</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
@@ -28740,135 +28731,135 @@
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>604908</x:v>
+        <x:v>604907</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>604907</x:v>
+        <x:v>604908</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -29392,51 +29383,51 @@
       <x:c r="L469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>42704</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>622520</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I470" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
@@ -30102,51 +30093,51 @@
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>547522</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -30215,157 +30206,156 @@
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>605969</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>37380</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
-      <x:c r="E484" s="14" t="s"/>
+      <x:c r="E484" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>515474</x:v>
+        <x:v>547596</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
-      <x:c r="E485" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>538</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>547596</x:v>
+        <x:v>515474</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -30386,159 +30376,160 @@
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>597592</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>40287</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
+      <x:c r="E487" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G487" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>600398</x:v>
+        <x:v>547597</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>538</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>547597</x:v>
+        <x:v>600398</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -30656,168 +30647,168 @@
       <x:c r="K491" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>545084</x:v>
+        <x:v>540915</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>38430</x:v>
+        <x:v>37380</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>42752</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>540915</x:v>
+        <x:v>573830</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
-        <x:v>37380</x:v>
+        <x:v>38430</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>42710</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>573830</x:v>
+        <x:v>545084</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -31060,201 +31051,201 @@
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>612326</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>224564</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>164</x:v>
-[...1 lines deleted...]
-      <x:c r="C500" s="15" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C500" s="15" t="n">
+        <x:v>38430</x:v>
+      </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
-        <x:v>42776</x:v>
+        <x:v>42752</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>595457</x:v>
+        <x:v>597382</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>159</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>42752</x:v>
+        <x:v>42776</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>597382</x:v>
+        <x:v>595457</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37910</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -31338,79 +31329,79 @@
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>592258</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>42752</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>617221</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>38430</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>