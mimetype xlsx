--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -218,132 +218,132 @@
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours plurisciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre (BCPST), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
+    <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre (BCPST), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
@@ -1165,342 +1165,342 @@
       <x:c r="K5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>574922</x:v>
+        <x:v>574919</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>39700</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>12061</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>577560</x:v>
+        <x:v>574921</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>574924</x:v>
+        <x:v>574926</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>574921</x:v>
+        <x:v>577560</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>577561</x:v>
+        <x:v>581549</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>581549</x:v>
+        <x:v>577561</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -1513,51 +1513,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>574927</x:v>
+        <x:v>574924</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
@@ -1572,51 +1572,51 @@
       <x:c r="K12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>574926</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -1629,51 +1629,51 @@
       <x:c r="K13" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>574919</x:v>
+        <x:v>574927</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
@@ -1804,154 +1804,154 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>595476</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>592223</x:v>
+        <x:v>592350</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592350</x:v>
+        <x:v>592223</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>