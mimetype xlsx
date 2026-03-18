--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -437,278 +437,278 @@
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé d’accompagnement à la rénovation énergétique du bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conseiller le maître d'ouvrage sur un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chargé d’accompagnement à la rénovation énergétique du bâtiment</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagner le maître d'ouvrage sur un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser l'état des lieux initial en vue d'un projet de rénovation énergétique - Bloc de compétences du titre professionnel chargé d'accompagnement à la rénovation énergétique du bâtiment</x:t>
   </x:si>
   <x:si>
+    <x:t>Chef de projet en rénovation énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Solive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réglementation thermique bâtiment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe N2a</x:t>
   </x:si>
   <x:si>
     <x:t>82000</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostiqueur de produits, équipements, matériaux et déchets issus du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion déchet</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/14/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expertise bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>France Détection Services</x:t>
   </x:si>
   <x:si>
     <x:t>FDS</x:t>
   </x:si>
   <x:si>
     <x:t>84250</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOR</x:t>
   </x:si>
   <x:si>
     <x:t>Le Centre F</x:t>
   </x:si>
   <x:si>
     <x:t>77500</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chef de projet en rénovation énergétique</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/26/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostiqueur immobilier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic performance énergétique (DPE) - sans mention</x:t>
   </x:si>
   <x:si>
     <x:t>Sans niveau spécifique</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic performance énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/17/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>03/26/2026 00:00:00</x:t>
+    <x:t>Diagnostic amiante - sans mention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diagnostic amiante</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diagnostic amiante - avec mention</x:t>
   </x:si>
   <x:si>
-    <x:t>Diagnostic amiante</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bao Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets BTP (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Conduite de Travaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESCT</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
@@ -728,105 +728,105 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet en rénovation énergétique performante (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t xml:space="preserve">chef de projet en rénovation énergétique performante </x:t>
+  </x:si>
+  <x:si>
+    <x:t>École Pratique - Campus de Vaufrèges</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chef de projet en rénovation énergétique performante</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve">chef de projet en rénovation énergétique performante </x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours optimisation énergétique pour le bâtiment et l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Thermique</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
@@ -2853,51 +2853,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>571642</x:v>
+        <x:v>540558</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
@@ -2912,65 +2912,65 @@
       <x:c r="K26" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>540558</x:v>
+        <x:v>571642</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
@@ -2983,51 +2983,51 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>569504</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -3099,51 +3099,51 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>569507</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -3158,1666 +3158,1666 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>579821</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>571641</x:v>
+        <x:v>539972</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>571643</x:v>
+        <x:v>569506</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>569505</x:v>
+        <x:v>571640</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>539972</x:v>
+        <x:v>579296</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>569506</x:v>
+        <x:v>579826</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>571640</x:v>
+        <x:v>571641</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>39180</x:v>
+        <x:v>39621</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>123</x:v>
-[...2 lines deleted...]
-        <x:v>124</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22210</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>579296</x:v>
+        <x:v>590145</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>579826</x:v>
+        <x:v>571643</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>39246</x:v>
+        <x:v>39180</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>112</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>42101</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>616588</x:v>
+        <x:v>569505</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38285</x:v>
+        <x:v>39246</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>12582</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>616569</x:v>
+        <x:v>616588</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>616579</x:v>
+        <x:v>616569</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>616581</x:v>
+        <x:v>616579</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>39246</x:v>
+        <x:v>38285</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>42101</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>616586</x:v>
+        <x:v>616581</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38285</x:v>
+        <x:v>39246</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>12582</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>569359</x:v>
+        <x:v>616586</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>616584</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>616587</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>616578</x:v>
+        <x:v>569359</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>616580</x:v>
+        <x:v>616578</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>616583</x:v>
+        <x:v>616580</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>39246</x:v>
+        <x:v>38285</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>42101</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>616585</x:v>
+        <x:v>616583</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38285</x:v>
+        <x:v>39246</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>12582</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>604961</x:v>
+        <x:v>616585</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38285</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>616582</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>616589</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>38285</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>160</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="J54" s="14" t="s"/>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J54" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>22206</x:v>
+        <x:v>12582</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>619087</x:v>
+        <x:v>604961</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>165</x:v>
-[...2 lines deleted...]
-        <x:v>54</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>42101</x:v>
+        <x:v>22206</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>622230</x:v>
+        <x:v>619087</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>622229</x:v>
+        <x:v>622230</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39246</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>622231</x:v>
+        <x:v>622229</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39621</x:v>
+        <x:v>39246</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>22210</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>599202</x:v>
+        <x:v>622231</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39621</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>590145</x:v>
+        <x:v>599202</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38036</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -4830,51 +4830,51 @@
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>611863</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38036</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4884,51 +4884,51 @@
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>611864</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38036</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -4941,51 +4941,51 @@
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>611865</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4995,51 +4995,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>611869</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>185</x:v>
@@ -5050,54 +5050,54 @@
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42105</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>581215</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37790</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -5158,327 +5158,327 @@
       <x:c r="K66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42101</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>623122</x:v>
+        <x:v>611867</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>42101</x:v>
+        <x:v>42105</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>611867</x:v>
+        <x:v>581214</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>184</x:v>
-[...1 lines deleted...]
-      <x:c r="C68" s="15" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C68" s="15" t="n">
+        <x:v>37790</x:v>
+      </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>42105</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>581214</x:v>
+        <x:v>623122</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>183</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42101</x:v>
+        <x:v>42103</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>611870</x:v>
+        <x:v>581207</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>193</x:v>
-[...1 lines deleted...]
-      <x:c r="C70" s="15" t="s"/>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C70" s="15" t="n">
+        <x:v>37790</x:v>
+      </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>42103</x:v>
+        <x:v>42101</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>581201</x:v>
+        <x:v>611870</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="U70" s="16" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42103</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>581207</x:v>
+        <x:v>581201</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -5594,51 +5594,51 @@
       <x:c r="G74" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>549382</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
@@ -5677,159 +5677,160 @@
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>495645</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>213</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>572714</x:v>
+        <x:v>592252</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>592252</x:v>
+        <x:v>572714</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35486</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5847,321 +5848,320 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>596773</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>35486</x:v>
+        <x:v>37580</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>231</x:v>
-[...2 lines deleted...]
-        <x:v>232</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>11461</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="Q79" s="4" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="R79" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="Q79" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>575555</x:v>
+        <x:v>595664</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37580</x:v>
+        <x:v>35486</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="H80" s="14" t="s"/>
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s">
+        <x:v>235</x:v>
+      </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11461</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="P80" s="14" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="P80" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>595664</x:v>
+        <x:v>575555</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37580</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>575053</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>575049</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40042</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>595629</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38921</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6169,51 +6169,51 @@
       <x:c r="G84" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>602337</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -6280,51 +6280,51 @@
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>549072</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -6855,51 +6855,51 @@
       <x:c r="G96" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>602338</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
@@ -6976,51 +6976,51 @@
       <x:c r="G98" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>551899</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -7036,51 +7036,51 @@
       <x:c r="G99" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22210</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>601009</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">