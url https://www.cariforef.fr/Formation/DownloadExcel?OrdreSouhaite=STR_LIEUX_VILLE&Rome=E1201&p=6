--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -461,119 +461,119 @@
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le cadre juridique de l'activité de photographe</x:t>
   </x:si>
   <x:si>
     <x:t>Droit auteur</x:t>
   </x:si>
   <x:si>
     <x:t>03/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>L'image comme poésie de l'espace et du corps : Laura Bonnefous</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cinémagis Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
     <x:t>L'organisation d'une exposition avec InDesign</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le mentorat : analyser les enjeux de sa pratique photographique pour améliorer sa diffusion et sa promotion</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le portrait de presse</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lightroom : les fondamentaux</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel traitement image</x:t>
   </x:si>
   <x:si>
     <x:t>Photoshop : du fichier à l'impression</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Photoshop</x:t>
   </x:si>
   <x:si>
-    <x:t>L'image comme poésie de l'espace et du corps : Laura Bonnefous</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>La photographie argentique en noir et blanc</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/07/2027 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro photographie (Apprentissage)</x:t>
@@ -608,57 +608,57 @@
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS photographie</x:t>
   </x:si>
   <x:si>
     <x:t>LP B Pascal</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro photographie</x:t>
   </x:si>
@@ -2767,526 +2767,525 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>599003</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>52</x:v>
-[...2 lines deleted...]
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>71123</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>598999</x:v>
+        <x:v>621348</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>132</x:v>
-[...1 lines deleted...]
-      <x:c r="C30" s="15" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C30" s="15" t="n">
+        <x:v>37233</x:v>
+      </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>52</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="J30" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J30" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>46278</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>599006</x:v>
+        <x:v>598129</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="n">
+        <x:v>37233</x:v>
+      </x:c>
+      <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="F31" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="G31" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C31" s="3" t="s"/>
-[...6 lines deleted...]
-      </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="J31" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>46278</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>599023</x:v>
+        <x:v>583972</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>71130</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>599031</x:v>
+        <x:v>598999</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>71133</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>599034</x:v>
+        <x:v>599006</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>60</x:v>
-[...1 lines deleted...]
-      <x:c r="H34" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>621348</x:v>
+        <x:v>599023</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>46278</x:v>
+        <x:v>71130</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>587791</x:v>
+        <x:v>599031</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>82</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>53</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>45554</x:v>
+        <x:v>71133</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>598129</x:v>
+        <x:v>599034</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>151</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>45554</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>583972</x:v>
+        <x:v>587791</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
@@ -3890,107 +3889,107 @@
       <x:c r="K49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>578013</x:v>
+        <x:v>578012</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="U49" s="4" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>578012</x:v>
+        <x:v>578013</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>55</x:v>
@@ -4321,57 +4320,57 @@
       <x:c r="K57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>502696</x:v>
+        <x:v>599876</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -4380,57 +4379,57 @@
       <x:c r="K58" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>599876</x:v>
+        <x:v>502696</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>72</x:v>
       </x:c>