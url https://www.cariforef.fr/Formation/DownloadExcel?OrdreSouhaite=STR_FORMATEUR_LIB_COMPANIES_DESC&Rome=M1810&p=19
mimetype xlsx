--- v2 (2026-03-19)
+++ v3 (2026-03-19)
@@ -392,92 +392,92 @@
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
   </x:si>
   <x:si>
     <x:t>Transmission numérique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufip - Ufitech - Les Anglades</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion réseau informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Ufip - Ufitech - Les Anglades</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture réseau</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
@@ -611,62 +611,62 @@
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien supérieur systèmes et réseaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Serveur et administration systèmes - gestion et sécurisation des infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur systèmes, réseaux et sécurité - complément (non diplômant)</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau local</x:t>
@@ -1517,59 +1517,59 @@
   <x:si>
     <x:t>BTS SIO Option A «Solutions d'infrastructure, systèmes et réseaux »</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>05/02/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/02/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Handicapé</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique|Formation et Métier - Cfa Régional de la Cité Technique - Esrp La Rouguière</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
@@ -2090,84 +2090,84 @@
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenir l’infrastructure et contribuer à son évolution et à sa sécurisation - Bloc de compétences du titre professionnel technicien supérieur systèmes et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Exploiter les éléments de l’infrastructure et assurer le support aux utilisateurs - Bloc de compétences du titre professionnel Technicien supérieur systèmes et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Administrateur réseau NetOps</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
@@ -4133,161 +4133,163 @@
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>603429</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>35511</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
+      <x:c r="E27" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>87</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>31011</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>596798</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>35457</x:v>
+        <x:v>35511</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>86</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>453837</x:v>
+        <x:v>596798</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -4302,443 +4304,444 @@
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>592358</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>601935</x:v>
+        <x:v>544706</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>599419</x:v>
+        <x:v>601935</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>544706</x:v>
+        <x:v>599419</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>549013</x:v>
+        <x:v>498535</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>498535</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>545464</x:v>
+        <x:v>599461</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>599461</x:v>
+        <x:v>549013</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -4807,105 +4810,105 @@
       <x:c r="L38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>549018</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>544707</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -4929,151 +4932,151 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>497070</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>544700</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>544704</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -5205,51 +5208,51 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -5264,51 +5267,51 @@
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>498534</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24220</x:v>
@@ -5364,54 +5367,54 @@
       <x:c r="L48" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>544699</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -5421,54 +5424,54 @@
       <x:c r="L49" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>601936</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -5612,51 +5615,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>571364</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>35</x:v>
@@ -5783,51 +5786,51 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>549693</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -6012,148 +6015,148 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>605053</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595876</x:v>
+        <x:v>595545</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>595545</x:v>
+        <x:v>595876</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>150</x:v>
@@ -6580,148 +6583,148 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>571768</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>601747</x:v>
+        <x:v>601759</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>601759</x:v>
+        <x:v>601747</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>186</x:v>
@@ -7041,51 +7044,51 @@
       <x:c r="L78" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>623623</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40357</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -7514,51 +7517,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>609471</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24220</x:v>
@@ -7568,51 +7571,51 @@
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>616025</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>35</x:v>
@@ -7744,51 +7747,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>583978</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>78</x:v>
@@ -7860,51 +7863,51 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>588357</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24220</x:v>
@@ -7914,51 +7917,51 @@
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>598485</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>78</x:v>
@@ -8358,51 +8361,51 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>599724</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -8584,51 +8587,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>588471</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -8816,51 +8819,51 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -8875,51 +8878,51 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>506002</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>78</x:v>
@@ -9048,167 +9051,167 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>608581</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>501377</x:v>
+        <x:v>552569</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>552569</x:v>
+        <x:v>501377</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9455,51 +9458,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>600668</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>35</x:v>
@@ -9512,51 +9515,51 @@
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>552640</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9687,51 +9690,51 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>600662</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>35</x:v>
@@ -9744,51 +9747,51 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>600428</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -9803,51 +9806,51 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>552585</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>35</x:v>
@@ -10560,51 +10563,51 @@
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>595550</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>35</x:v>
@@ -10666,51 +10669,51 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>595851</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>35</x:v>
@@ -11000,51 +11003,51 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>595553</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>35</x:v>
@@ -11283,51 +11286,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>556381</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
@@ -11404,51 +11407,51 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>608183</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
@@ -11464,51 +11467,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>511092</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
@@ -11525,148 +11528,148 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>608275</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>595547</x:v>
+        <x:v>595883</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>595883</x:v>
+        <x:v>595547</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
@@ -11685,59 +11688,59 @@
       <x:c r="M159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>558745</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -11868,51 +11871,51 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>547581</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>35</x:v>
@@ -11925,51 +11928,51 @@
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>515618</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -12098,51 +12101,51 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>595549</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24220</x:v>
@@ -12560,51 +12563,51 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>556375</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24220</x:v>
@@ -12729,51 +12732,51 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>595552</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>35</x:v>
@@ -12840,51 +12843,51 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>595551</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>35</x:v>
@@ -13528,149 +13531,150 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>583979</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>124</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="J192" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>573846</x:v>
+        <x:v>600777</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>375</x:v>
-[...1 lines deleted...]
-      <x:c r="C193" s="3" t="s"/>
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="C193" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
+      <x:c r="J193" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>600777</x:v>
+        <x:v>573846</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -13748,99 +13752,99 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>555619</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>546521</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
@@ -13864,51 +13868,51 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>499876</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -13966,65 +13970,65 @@
       <x:c r="K199" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>546522</x:v>
+        <x:v>603560</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -14082,57 +14086,57 @@
       <x:c r="K201" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>603560</x:v>
+        <x:v>546522</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
@@ -14367,51 +14371,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>460688</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>35</x:v>
@@ -14820,51 +14824,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>595546</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24220</x:v>
@@ -14993,51 +14997,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>607856</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
@@ -15054,51 +15058,51 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>545167</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>58</x:v>
@@ -15235,51 +15239,51 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>545173</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
@@ -15296,51 +15300,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>607855</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>35</x:v>
@@ -15528,51 +15532,51 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>556958</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>35</x:v>
@@ -15644,51 +15648,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>58</x:v>
@@ -15765,51 +15769,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>611092</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>58</x:v>
@@ -15825,51 +15829,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>549232</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
@@ -16062,51 +16066,51 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>549238</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
@@ -16183,51 +16187,51 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>549272</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
@@ -16244,51 +16248,51 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>549227</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>58</x:v>
@@ -16365,51 +16369,51 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>503861</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>35</x:v>
@@ -16602,51 +16606,51 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>614688</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>35</x:v>
@@ -16770,51 +16774,51 @@
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>595555</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -16886,51 +16890,51 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>535305</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>35</x:v>
@@ -16997,51 +17001,51 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>595539</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>35</x:v>
@@ -17108,51 +17112,51 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>611791</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>35</x:v>
@@ -17165,51 +17169,51 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>611774</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>78</x:v>
@@ -18230,51 +18234,51 @@
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -18289,51 +18293,51 @@
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>603638</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>35</x:v>
@@ -18405,51 +18409,51 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>35</x:v>
@@ -18521,51 +18525,51 @@
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>549513</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>35</x:v>
@@ -18578,51 +18582,51 @@
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>549511</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -18694,325 +18698,324 @@
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>549514</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>37488</x:v>
+        <x:v>31113</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>588537</x:v>
+        <x:v>598115</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>600393</x:v>
+        <x:v>588537</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>31115</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>598124</x:v>
+        <x:v>600393</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
-        <x:v>37682</x:v>
+        <x:v>31115</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
-      <x:c r="E285" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>604391</x:v>
+        <x:v>598124</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>31113</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
-      <x:c r="E286" s="14" t="s"/>
+      <x:c r="E286" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>598115</x:v>
+        <x:v>604391</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="U286" s="16" t="s">
         <x:v>484</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19187,51 +19190,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>598116</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -19244,51 +19247,51 @@
       <x:c r="M291" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>554807</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
@@ -19303,51 +19306,51 @@
       <x:c r="M292" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>586506</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19468,51 +19471,51 @@
       <x:c r="M295" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>575993</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -19814,51 +19817,51 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>523222</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -19873,51 +19876,51 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>546764</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>35</x:v>
@@ -20200,51 +20203,51 @@
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>617346</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -20265,51 +20268,51 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>595542</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>35</x:v>
@@ -20322,210 +20325,210 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>595874</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>552931</x:v>
+        <x:v>605525</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>605524</x:v>
+        <x:v>605529</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>605525</x:v>
+        <x:v>605524</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>503</x:v>
@@ -20540,65 +20543,65 @@
       <x:c r="K314" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>605529</x:v>
+        <x:v>552931</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>78</x:v>
@@ -20670,51 +20673,51 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>552919</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>78</x:v>
@@ -20840,51 +20843,51 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>595556</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>35</x:v>
@@ -20943,121 +20946,121 @@
       <x:c r="L321" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>554385</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>554383</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>58</x:v>
@@ -21194,51 +21197,51 @@
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>557621</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
@@ -21425,51 +21428,51 @@
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -21943,151 +21946,151 @@
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>518922</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>614647</x:v>
+        <x:v>518921</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>518921</x:v>
+        <x:v>614647</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -22108,51 +22111,51 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>552108</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -24036,51 +24039,51 @@
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>566990</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
@@ -24278,51 +24281,51 @@
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>549377</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
@@ -24399,51 +24402,51 @@
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>608013</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
@@ -24460,51 +24463,51 @@
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>608011</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>58</x:v>
@@ -24581,51 +24584,51 @@
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>602871</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>58</x:v>
@@ -24641,51 +24644,51 @@
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>602758</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
@@ -24702,51 +24705,51 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>496831</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H389" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>58</x:v>
@@ -24762,51 +24765,51 @@
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>546712</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
@@ -26284,51 +26287,51 @@
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>507183</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -26343,51 +26346,51 @@
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>507186</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>35</x:v>
@@ -26516,51 +26519,51 @@
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>507181</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -26575,51 +26578,51 @@
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>507185</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>35</x:v>
@@ -26691,51 +26694,51 @@
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>502370</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>35</x:v>
@@ -26807,51 +26810,51 @@
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>502371</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>26</x:v>
@@ -26867,51 +26870,51 @@
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>607711</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
@@ -26928,51 +26931,51 @@
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>607710</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>26</x:v>
@@ -27049,111 +27052,111 @@
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>556575</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>556629</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
@@ -27219,51 +27222,51 @@
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>39485</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -27498,51 +27501,51 @@
       <x:c r="L436" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>507527</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -27620,51 +27623,51 @@
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>558379</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>35</x:v>
@@ -27677,97 +27680,97 @@
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>598912</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>606160</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -27777,51 +27780,51 @@
       <x:c r="L441" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
         <x:v>555188</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -27834,51 +27837,51 @@
       <x:c r="L442" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>606157</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -27961,97 +27964,97 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>507234</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>545073</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
@@ -28066,51 +28069,51 @@
       <x:c r="L446" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>545078</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -28231,51 +28234,51 @@
       <x:c r="L449" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>555189</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -28299,51 +28302,51 @@
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>607296</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>35</x:v>
@@ -28583,51 +28586,51 @@
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
         <x:v>514139</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -28642,51 +28645,51 @@
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>514137</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>35</x:v>
@@ -28801,57 +28804,57 @@
       <x:c r="K459" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>602082</x:v>
+        <x:v>499454</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -28860,57 +28863,57 @@
       <x:c r="K460" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>499454</x:v>
+        <x:v>602082</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -28931,51 +28934,51 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>546837</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I462" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
@@ -28992,51 +28995,51 @@
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>495523</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>58</x:v>
@@ -29220,51 +29223,51 @@
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>592353</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>24220</x:v>
@@ -29497,99 +29500,97 @@
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>538411</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>83</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>549734</x:v>
+        <x:v>538405</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
@@ -29608,51 +29609,51 @@
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>574568</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -29724,150 +29725,153 @@
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>549735</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>549733</x:v>
+        <x:v>549734</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
+      <x:c r="E477" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>538405</x:v>
+        <x:v>549733</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>37579</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>568</x:v>
@@ -30938,54 +30942,54 @@
       <x:c r="K496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>577375</x:v>
+        <x:v>540446</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>658</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -30995,461 +30999,461 @@
       <x:c r="K497" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>577378</x:v>
+        <x:v>577376</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
+        <x:v>545</x:v>
+      </x:c>
+      <x:c r="U497" s="4" t="s">
         <x:v>674</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>675</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>577388</x:v>
+        <x:v>618214</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="U498" s="16" t="s">
         <x:v>676</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>670</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>548143</x:v>
+        <x:v>618215</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="U499" s="4" t="s">
         <x:v>677</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>670</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>548144</x:v>
+        <x:v>577375</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="U500" s="16" t="s">
         <x:v>678</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>618214</x:v>
+        <x:v>577378</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
+        <x:v>679</x:v>
+      </x:c>
+      <x:c r="U501" s="4" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>618215</x:v>
+        <x:v>577388</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>682</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>540446</x:v>
+        <x:v>548143</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>577376</x:v>
+        <x:v>548144</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -31465,51 +31469,51 @@
       <x:c r="M505" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>548147</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
@@ -31694,51 +31698,51 @@
       <x:c r="L509" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>548127</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
@@ -31872,51 +31876,51 @@
       <x:c r="M512" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>618216</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -32042,51 +32046,51 @@
       <x:c r="L515" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>547987</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
@@ -32161,51 +32165,51 @@
       <x:c r="M517" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>618040</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>682</x:v>
+        <x:v>677</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
@@ -32220,51 +32224,51 @@
       <x:c r="M518" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>576762</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -32274,54 +32278,54 @@
       <x:c r="L519" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>618039</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>680</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>676</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
@@ -32390,54 +32394,54 @@
       <x:c r="L521" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>548004</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
@@ -32452,51 +32456,51 @@
       <x:c r="M522" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>548007</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>679</x:v>
+        <x:v>684</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -32622,54 +32626,54 @@
       <x:c r="L525" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>576765</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>675</x:v>
+        <x:v>680</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I526" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
@@ -32681,51 +32685,51 @@
       <x:c r="L526" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q526" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
         <x:v>548003</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
       <x:c r="G527" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H527" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I527" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
@@ -32738,51 +32742,51 @@
       <x:c r="L527" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>576775</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>676</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I528" s="16" t="s">
@@ -32800,51 +32804,51 @@
       <x:c r="M528" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>576763</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>684</x:v>
+        <x:v>674</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H529" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I529" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -32865,102 +32869,102 @@
       </x:c>
       <x:c r="P529" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q529" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
         <x:v>576774</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
-        <x:v>37682</x:v>
+        <x:v>36163</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H530" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I530" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24220</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>618041</x:v>
+        <x:v>547934</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>696</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>690</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>36163</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H531" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -32981,102 +32985,102 @@
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>539767</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
-        <x:v>36163</x:v>
+        <x:v>37682</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I532" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
-        <x:v>24220</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>547934</x:v>
+        <x:v>618041</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>37682</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H533" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -33321,51 +33325,51 @@
       <x:c r="M537" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>539859</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>683</x:v>
+        <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I538" s="16" t="s">
         <x:v>215</x:v>