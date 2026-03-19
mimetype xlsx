--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -230,71 +230,71 @@
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tkl Forma</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel employé administratif et d'accueil (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro métiers de l'accueil (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
@@ -1394,155 +1394,155 @@
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Association Hyères Orientation</x:t>
   </x:si>
   <x:si>
     <x:t>ASSHOR</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
   </x:si>
   <x:si>
     <x:t>ACPM</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Animal Pro Formation</x:t>
   </x:si>
   <x:si>
     <x:t>APFORM</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine vétérinaire</x:t>
   </x:si>
   <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>GARDANNE</x:t>
   </x:si>
   <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soin animalier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Soin animalier</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/26/2026 00:00:00</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2025 00:00:00</x:t>
@@ -1649,75 +1649,75 @@
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser les travaux administratifs courants d'une structure - Bloc de compétences du titre professionnel employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/28/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Assurer l'accueil d'une structure - Bloc de compétences du titre professionnel Employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2642,162 +2642,162 @@
       <x:c r="K8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>575014</x:v>
+        <x:v>564642</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>564642</x:v>
+        <x:v>575015</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>575015</x:v>
+        <x:v>575014</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -2958,51 +2958,51 @@
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>583772</x:v>
       </x:c>
@@ -4506,51 +4506,51 @@
       <x:c r="J40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>596622</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -4674,51 +4674,51 @@
       <x:c r="J43" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4733,51 +4733,51 @@
       <x:c r="J44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>611639</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -8072,51 +8072,51 @@
         <x:v>48</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G104" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>583655</x:v>
       </x:c>
@@ -9297,51 +9297,51 @@
         <x:v>351</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>583805</x:v>
       </x:c>
@@ -9583,51 +9583,51 @@
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G130" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>583773</x:v>
       </x:c>
@@ -9643,51 +9643,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F131" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>583779</x:v>
       </x:c>
@@ -9765,51 +9765,51 @@
         <x:v>374</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="F133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>583635</x:v>
       </x:c>
@@ -10068,111 +10068,111 @@
       <x:c r="K138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>621215</x:v>
+        <x:v>598731</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>598731</x:v>
+        <x:v>621215</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>178</x:v>
@@ -11801,129 +11801,129 @@
       <x:c r="C168" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="S168" s="14" t="n">
+        <x:v>587344</x:v>
+      </x:c>
+      <x:c r="T168" s="16" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>587344</x:v>
+        <x:v>586386</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>447</x:v>
@@ -11934,362 +11934,362 @@
       <x:c r="J170" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="S170" s="14" t="n">
+        <x:v>599688</x:v>
+      </x:c>
+      <x:c r="T170" s="16" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>402</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>510424</x:v>
+        <x:v>599689</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>573808</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>573814</x:v>
+        <x:v>599690</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>510426</x:v>
+        <x:v>599691</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>599688</x:v>
+        <x:v>510423</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>448</x:v>
@@ -12297,483 +12297,483 @@
       <x:c r="J176" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>599690</x:v>
+        <x:v>573815</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>599691</x:v>
+        <x:v>554552</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>510423</x:v>
+        <x:v>599692</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>599689</x:v>
+        <x:v>573808</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>510425</x:v>
+        <x:v>573814</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>573815</x:v>
+        <x:v>510426</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>554552</x:v>
+        <x:v>573816</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>599692</x:v>
+        <x:v>510424</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>478</x:v>
@@ -12965,51 +12965,51 @@
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>596621</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
@@ -13026,51 +13026,51 @@
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>623702</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>41</x:v>
@@ -13078,59 +13078,59 @@
       <x:c r="L189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>623703</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
@@ -13147,51 +13147,51 @@
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>610278</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>41</x:v>
@@ -13207,51 +13207,51 @@
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>615727</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
@@ -13268,51 +13268,51 @@
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>620170</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>41</x:v>
@@ -13328,51 +13328,51 @@
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>615725</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
@@ -13381,51 +13381,51 @@
       <x:c r="L194" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>615726</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
@@ -13729,51 +13729,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>524901</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
@@ -13961,51 +13961,51 @@
       <x:c r="L204" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>579824</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
@@ -14128,408 +14128,408 @@
       <x:c r="J207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>604502</x:v>
+        <x:v>623366</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>623366</x:v>
+        <x:v>513290</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>513290</x:v>
+        <x:v>604502</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>524910</x:v>
+        <x:v>548131</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>575508</x:v>
+        <x:v>524906</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="U211" s="4" t="s">
         <x:v>532</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>548131</x:v>
+        <x:v>524910</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>525</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>524906</x:v>
+        <x:v>575508</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
@@ -14598,51 +14598,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>544554</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
@@ -14657,51 +14657,51 @@
       <x:c r="L216" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>591338</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
@@ -14714,51 +14714,51 @@
       <x:c r="L217" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>613806</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
@@ -14830,54 +14830,54 @@
       <x:c r="L219" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>575426</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
@@ -14900,100 +14900,100 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>547986</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>530</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>524812</x:v>
+        <x:v>544539</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>492</x:v>
+        <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
@@ -15005,51 +15005,51 @@
       <x:c r="L222" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>547991</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
@@ -15059,348 +15059,348 @@
       <x:c r="K223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>544539</x:v>
+        <x:v>575427</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>575427</x:v>
+        <x:v>613780</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>613780</x:v>
+        <x:v>604441</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>547983</x:v>
+        <x:v>524812</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>508</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>591263</x:v>
+        <x:v>547983</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>604441</x:v>
+        <x:v>591263</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15469,54 +15469,54 @@
       <x:c r="L230" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>623353</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15526,51 +15526,51 @@
       <x:c r="L231" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>579819</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
@@ -15653,218 +15653,218 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>612097</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>604439</x:v>
+        <x:v>524804</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>524803</x:v>
+        <x:v>604439</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>524804</x:v>
+        <x:v>524803</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>495</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -15874,54 +15874,54 @@
       <x:c r="L237" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>604440</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>41239</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
@@ -16052,51 +16052,51 @@
       <x:c r="M240" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>524808</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>532</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>