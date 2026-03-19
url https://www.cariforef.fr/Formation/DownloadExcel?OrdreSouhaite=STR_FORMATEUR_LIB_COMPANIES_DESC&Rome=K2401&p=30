--- v2 (2026-03-19)
+++ v3 (2026-03-19)
@@ -365,89 +365,89 @@
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'université histoire de l'art et archéologie - 2ème année</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire art</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention information, communication</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention sciences sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention histoire, civilisations, patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention lettres</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Préparation aux concours d'enseignement de la philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention histoire, civilisations, patrimoine</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>master mention économie</x:t>
   </x:si>
   <x:si>
     <x:t>Politique économique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention science politique</x:t>
   </x:si>
   <x:si>
     <x:t>Politique publique</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'Université prophilia</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours fonction publique</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>master mention arts</x:t>
   </x:si>
   <x:si>
     <x:t>Arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Esdhem économie-gestion</x:t>
   </x:si>
   <x:si>
     <x:t>SKEMA BS</x:t>
@@ -527,83 +527,83 @@
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP), 2e année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économique et commerciale générale (2e année) mathématiques approfondies</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire de lettres et sciences sociales (B/L, 2e année)</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire économique et commerciale générale (2e année) histoire, géographie, géopolitique</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire de lettres et sciences sociales (B/L, 2e année)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Art dramatique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) lettres classiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) histoire</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire économique et commerciale générale (1re année) histoire, géographie, géopolitique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) italien</x:t>
   </x:si>
   <x:si>
     <x:t>Italien</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire de lettres (2e année ENS Ulm) anglais</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) géographie</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire de lettres (2e année ENS Ulm) anglais</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire de lettres (2e année ENS Ulm) lettres modernes</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences sociales (B/L, 1re année)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
@@ -2108,68 +2108,68 @@
   <x:si>
     <x:t>Master mention politiques publiques parcours management des organisations par l'analyse du travail</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie cognitive</x:t>
   </x:si>
   <x:si>
     <x:t>master mention philosophie</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sondage</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention psychologie : neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention sociologie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention archéologie, sciences pour l'archéologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention humanités</x:t>
   </x:si>
   <x:si>
     <x:t>master mention anthropologie</x:t>
   </x:si>
   <x:si>
     <x:t>Développement local</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Linguistique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie sociale, du travail et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie sociale</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie : psychopathologie clinique psychanalytique</x:t>
@@ -2219,135 +2219,135 @@
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les lettres, le français langue étrangère au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner en lycée professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'économie-gestion au LGT</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la technologie au CLG, les sciences de l'ingénieur, le design/arts appliqués au LGT</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours professeur documentaliste</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'histoire-géographie au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner une langue vivante étrangère au CLG et LGT</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences cognitives parcours  langue, communication et cerveau</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention anthropologie parcours anthropologie audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention anthropologie parcours anthropologie sociale, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités parcours humanités</x:t>
   </x:si>
   <x:si>
+    <x:t>CU fondements islamologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention histoire parcours Afrique, Monde arabe, Mondes musulmans (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours territoire, hommes, sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : neuropsychologie parcours psychologie - neuropsychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie : psychopathologie clinique psychanalytique parcours psychanalyse et psychopathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours création numérique</x:t>
   </x:si>
   <x:si>
-    <x:t>CU fondements islamologie</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention études européennes et internationales parcours métiers des politiques et des programmes européens</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention philosophie parcours philosophie pratique</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention études européennes et internationales parcours coopération euro-méditerranéennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention histoire parcours La Méditerranée, l'Europe et le monde (préparation également possible par Bloc(s) de compétences)</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sociologie parcours sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie clinique du développement : enfance, adolescence, vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours médiation culturelle des arts</x:t>
   </x:si>
   <x:si>
     <x:t>DU Islamologie : principes, enjeux, applications dans la France contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie parcours archéologie classique des mondes anciens et médiévaux</x:t>
   </x:si>
@@ -4000,220 +4000,222 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>597260</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="C20" s="15" t="s"/>
+      <x:c r="C20" s="15" t="n">
+        <x:v>39059</x:v>
+      </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="H20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="J20" s="14" t="s"/>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="J20" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>621038</x:v>
+        <x:v>592011</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39466</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592105</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38208</x:v>
+        <x:v>39466</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>597258</x:v>
+        <x:v>592105</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>14261</x:v>
@@ -4223,470 +4225,468 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>592117</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39059</x:v>
+        <x:v>38208</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592011</x:v>
+        <x:v>597258</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39059</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
+      <x:c r="H25" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592012</x:v>
+        <x:v>588082</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="H26" s="14" t="s"/>
+      <x:c r="H26" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>97</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>591867</x:v>
+        <x:v>621038</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>39015</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>13057</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592038</x:v>
+        <x:v>591867</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38175</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>13027</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>597248</x:v>
+        <x:v>592038</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>40525</x:v>
+        <x:v>38175</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="H29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>32062</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>588082</x:v>
+        <x:v>597248</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39466</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>620384</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>607502</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
@@ -5026,100 +5026,100 @@
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>593842</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>593760</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
@@ -5128,100 +5128,100 @@
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>593771</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>593856</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
@@ -5230,100 +5230,100 @@
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>593786</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>593899</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -5585,51 +5585,51 @@
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>595516</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -5737,115 +5737,115 @@
       <x:c r="B52" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>596005</x:v>
+        <x:v>594660</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>594660</x:v>
+        <x:v>596005</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>139</x:v>
@@ -6107,51 +6107,51 @@
       <x:c r="K59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>595518</x:v>
+        <x:v>595557</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>139</x:v>
@@ -6160,51 +6160,51 @@
       <x:c r="K60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>595557</x:v>
+        <x:v>595518</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>47</x:v>
@@ -6352,100 +6352,100 @@
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>593798</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>593849</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -6454,100 +6454,100 @@
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>593858</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>593763</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
@@ -6556,100 +6556,100 @@
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>593910</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>593836</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -6658,51 +6658,51 @@
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>593754</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
@@ -6760,100 +6760,100 @@
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>593794</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>593750</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -6862,100 +6862,100 @@
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>593806</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>593868</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -7013,51 +7013,51 @@
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>593897</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -7141,51 +7141,51 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>596013</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
@@ -7217,51 +7217,51 @@
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>593820</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -7270,100 +7270,100 @@
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>593876</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>593917</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -7372,100 +7372,100 @@
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>593755</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>593791</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
@@ -7474,51 +7474,51 @@
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>593920</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
@@ -7576,51 +7576,51 @@
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>593879</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
@@ -7829,51 +7829,51 @@
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>593878</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
@@ -7882,51 +7882,51 @@
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>593893</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -7957,739 +7957,739 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>595963</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>592895</x:v>
+        <x:v>596006</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>592971</x:v>
+        <x:v>592895</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>593076</x:v>
+        <x:v>592971</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>595632</x:v>
+        <x:v>593076</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>595633</x:v>
+        <x:v>595632</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>596007</x:v>
+        <x:v>595633</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>594659</x:v>
+        <x:v>596007</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>593845</x:v>
+        <x:v>594659</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>595962</x:v>
+        <x:v>593845</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>596008</x:v>
+        <x:v>595962</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>13254</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>595636</x:v>
+        <x:v>596008</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>596006</x:v>
+        <x:v>595636</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>593847</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>593865</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
@@ -8698,100 +8698,100 @@
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>593803</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>593894</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
@@ -8800,100 +8800,100 @@
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>593834</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>593828</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
@@ -8902,100 +8902,100 @@
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>593822</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>593802</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
@@ -9004,100 +9004,100 @@
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>593835</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>593890</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
@@ -9106,100 +9106,100 @@
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>593746</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>593788</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
@@ -9208,100 +9208,100 @@
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>593902</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>593826</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
@@ -9310,100 +9310,100 @@
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>593770</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>593896</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
@@ -9412,100 +9412,100 @@
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>593855</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>593908</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -9514,100 +9514,100 @@
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>593874</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>593882</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
@@ -9616,100 +9616,100 @@
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>593869</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>593800</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -9718,100 +9718,100 @@
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>593837</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>593814</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
@@ -9820,100 +9820,100 @@
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>593773</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>593790</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
@@ -9922,100 +9922,100 @@
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>593774</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>593804</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
@@ -10024,100 +10024,100 @@
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>593817</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>593762</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
@@ -10126,100 +10126,100 @@
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>593811</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>593887</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
@@ -10228,100 +10228,100 @@
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>593859</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>593860</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
@@ -10330,100 +10330,100 @@
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>593873</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>593825</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
@@ -10432,100 +10432,100 @@
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>593862</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>593830</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
@@ -10534,100 +10534,100 @@
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>593870</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>593749</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
@@ -10636,100 +10636,100 @@
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>593900</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>593758</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
@@ -11297,77 +11297,77 @@
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>593889</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
@@ -11478,139 +11478,139 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>595509</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>595580</x:v>
+        <x:v>595976</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>595976</x:v>
+        <x:v>595580</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>47</x:v>
@@ -11629,343 +11629,343 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>596022</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>595985</x:v>
+        <x:v>592968</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>592968</x:v>
+        <x:v>595984</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>595984</x:v>
+        <x:v>596023</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>596023</x:v>
+        <x:v>593793</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>593793</x:v>
+        <x:v>592963</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>592963</x:v>
+        <x:v>595985</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>182</x:v>
@@ -12011,51 +12011,51 @@
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>593877</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -12064,100 +12064,100 @@
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>593846</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>593824</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
@@ -12166,100 +12166,100 @@
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>593810</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>593912</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
@@ -12445,192 +12445,192 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>595856</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>595559</x:v>
+        <x:v>596019</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>593074</x:v>
+        <x:v>595559</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>596019</x:v>
+        <x:v>593074</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>47</x:v>
@@ -12804,51 +12804,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>595514</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
@@ -12982,51 +12982,51 @@
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>593818</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
@@ -13337,51 +13337,51 @@
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>595517</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
@@ -13594,100 +13594,100 @@
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>593901</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>593776</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
@@ -13696,100 +13696,100 @@
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>593907</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>593752</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
@@ -13798,100 +13798,100 @@
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>593854</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>593789</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
@@ -13900,202 +13900,202 @@
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>593885</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>593787</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>593782</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>593765</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
@@ -14104,100 +14104,100 @@
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>593812</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>593805</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
@@ -14206,100 +14206,100 @@
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>593783</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>593766</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
@@ -14357,51 +14357,51 @@
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>593775</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
@@ -14867,51 +14867,51 @@
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>593807</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
@@ -14920,100 +14920,100 @@
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>593813</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>593914</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
@@ -15022,100 +15022,100 @@
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>593921</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>593857</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
@@ -15328,51 +15328,51 @@
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>593785</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
@@ -15403,90 +15403,90 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>596012</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>592966</x:v>
+        <x:v>596011</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>47</x:v>
@@ -15505,127 +15505,127 @@
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>595105</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>13154</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>596011</x:v>
+        <x:v>592966</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>593809</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
@@ -15634,100 +15634,100 @@
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>593866</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>593764</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
@@ -15736,100 +15736,100 @@
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>593888</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>593891</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -15838,51 +15838,51 @@
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>593886</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
@@ -15989,51 +15989,51 @@
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>593753</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
@@ -16042,100 +16042,100 @@
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>593792</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>593903</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
@@ -16348,51 +16348,51 @@
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>593895</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
@@ -16499,51 +16499,51 @@
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>593911</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
@@ -16552,100 +16552,100 @@
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>593904</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>593850</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
@@ -16654,100 +16654,100 @@
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>593864</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>593768</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
@@ -17062,100 +17062,100 @@
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>593875</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>593905</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
@@ -17164,51 +17164,51 @@
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>593827</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
@@ -17239,498 +17239,498 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>595981</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>595638</x:v>
+        <x:v>592890</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>593831</x:v>
+        <x:v>595638</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>595507</x:v>
+        <x:v>593831</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>595999</x:v>
+        <x:v>595507</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>596000</x:v>
+        <x:v>595979</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>595979</x:v>
+        <x:v>595980</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>595980</x:v>
+        <x:v>595999</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>595512</x:v>
+        <x:v>596000</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>592890</x:v>
+        <x:v>595512</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>47</x:v>
@@ -18082,100 +18082,100 @@
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>593816</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>593819</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
@@ -18184,100 +18184,100 @@
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>593779</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>593756</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
@@ -18286,100 +18286,100 @@
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>593795</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>593808</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
@@ -18388,100 +18388,100 @@
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>593751</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>593780</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
@@ -18490,100 +18490,100 @@
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>593909</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>593801</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
@@ -18592,100 +18592,100 @@
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>593797</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>593892</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
@@ -18898,100 +18898,100 @@
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>593916</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>593841</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
@@ -19000,100 +19000,100 @@
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>593872</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>593898</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
@@ -19102,100 +19102,100 @@
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>593796</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>593833</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
@@ -19204,100 +19204,100 @@
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>593840</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>593829</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
@@ -19306,100 +19306,100 @@
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>593853</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>593767</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
@@ -19408,100 +19408,100 @@
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>593918</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>593883</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
@@ -19510,100 +19510,100 @@
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>593919</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>593844</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
@@ -19612,100 +19612,100 @@
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>593848</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>593777</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
@@ -19714,100 +19714,100 @@
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>593863</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>593871</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
@@ -19816,100 +19816,100 @@
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>593915</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>593769</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
@@ -19918,100 +19918,100 @@
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>593884</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>593747</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
@@ -20046,278 +20046,278 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>595965</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>596003</x:v>
+        <x:v>595966</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>595966</x:v>
+        <x:v>596002</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>596002</x:v>
+        <x:v>596003</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>593748</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>593881</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
@@ -20326,100 +20326,100 @@
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>593851</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>593832</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
@@ -20428,100 +20428,100 @@
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>593761</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>593772</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
@@ -20530,100 +20530,100 @@
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>593799</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>593784</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
@@ -20681,51 +20681,51 @@
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>620447</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
@@ -20734,51 +20734,51 @@
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>593815</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
@@ -20907,51 +20907,51 @@
       <x:c r="G349" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>590758</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
@@ -20960,51 +20960,51 @@
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>593757</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
@@ -21394,176 +21394,176 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>592972</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>595991</x:v>
+        <x:v>593078</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>603</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>593078</x:v>
+        <x:v>595991</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>593821</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
@@ -22016,286 +22016,286 @@
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>563335</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>619</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H371" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>563334</x:v>
+        <x:v>570550</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>629</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>602559</x:v>
+        <x:v>563334</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>623</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>624</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>14297</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>570550</x:v>
+        <x:v>602559</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>625</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>626</x:v>
+        <x:v>624</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>593778</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>593838</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
@@ -22304,211 +22304,211 @@
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>593759</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>593880</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>592036</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>597249</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
@@ -22517,100 +22517,100 @@
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>593823</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>593781</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
@@ -22619,100 +22619,100 @@
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>593906</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>593861</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
@@ -22721,51 +22721,51 @@
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>593843</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
@@ -23076,51 +23076,51 @@
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>593839</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
@@ -23178,51 +23178,51 @@
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>593852</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
@@ -23231,51 +23231,51 @@
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>593867</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
@@ -23285,51 +23285,51 @@
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>575563</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
@@ -23342,51 +23342,51 @@
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>580383</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
@@ -23396,51 +23396,51 @@
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>597451</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
@@ -23507,51 +23507,51 @@
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>13027</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>573394</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>673</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
@@ -23755,316 +23755,316 @@
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>39015</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>13057</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>592039</x:v>
+        <x:v>592572</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>40548</x:v>
+        <x:v>39691</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>592572</x:v>
+        <x:v>592225</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>38991</x:v>
+        <x:v>39015</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>13057</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>591929</x:v>
+        <x:v>592039</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>39022</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>14411</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>591971</x:v>
+        <x:v>591929</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>39691</x:v>
+        <x:v>39022</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>14411</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>592225</x:v>
+        <x:v>591971</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38208</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -24088,108 +24088,108 @@
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>597259</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>592034</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39494</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>14261</x:v>
@@ -24256,79 +24256,79 @@
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>592796</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>592035</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
@@ -24532,82 +24532,82 @@
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>591985</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>39015</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>592037</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
@@ -25739,674 +25739,674 @@
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>575943</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>575942</x:v>
+        <x:v>575924</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>575922</x:v>
+        <x:v>575940</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>717</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>575949</x:v>
+        <x:v>575941</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>575948</x:v>
+        <x:v>575942</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>575952</x:v>
+        <x:v>575948</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>575927</x:v>
+        <x:v>575952</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>575945</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>575950</x:v>
+        <x:v>575949</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>575951</x:v>
+        <x:v>575927</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>575924</x:v>
+        <x:v>575945</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>575940</x:v>
+        <x:v>575950</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
@@ -26421,51 +26421,51 @@
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>575941</x:v>
+        <x:v>575951</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38967</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
@@ -26669,436 +26669,435 @@
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>575537</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="C455" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="J455" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14241</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>580921</x:v>
+        <x:v>617413</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>38991</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I456" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>14403</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>575648</x:v>
+        <x:v>584134</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>38989</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>14414</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>575652</x:v>
+        <x:v>580921</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>38992</x:v>
+        <x:v>38991</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I458" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>14405</x:v>
+        <x:v>14403</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>575693</x:v>
+        <x:v>575648</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>40465</x:v>
+        <x:v>38989</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>14414</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>575796</x:v>
+        <x:v>575652</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>735</x:v>
-[...1 lines deleted...]
-      <x:c r="C460" s="15" t="s"/>
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="C460" s="15" t="n">
+        <x:v>38992</x:v>
+      </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="J460" s="14" t="s"/>
+      <x:c r="J460" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>14241</x:v>
+        <x:v>14405</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>617413</x:v>
+        <x:v>575693</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>736</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>737</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>40794</x:v>
+        <x:v>40465</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H461" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>584134</x:v>
+        <x:v>575796</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>39403</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s">
@@ -27217,283 +27216,283 @@
       <x:c r="G464" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>575780</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>40794</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>584136</x:v>
+        <x:v>575529</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
-        <x:v>39403</x:v>
+        <x:v>39022</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I466" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
-        <x:v>13024</x:v>
+        <x:v>14411</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>575529</x:v>
+        <x:v>575691</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>39022</x:v>
+        <x:v>40794</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>14411</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>575691</x:v>
+        <x:v>584136</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>39691</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>580927</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
@@ -27632,51 +27631,51 @@
       <x:c r="L471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>617412</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
@@ -28372,51 +28371,51 @@
       <x:c r="G484" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>575688</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
@@ -28429,51 +28428,51 @@
       <x:c r="G485" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>13057</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
         <x:v>575687</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
@@ -28974,95 +28973,95 @@
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>777</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>574899</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>617039</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>737</x:v>
+        <x:v>732</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>38200</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
@@ -29126,51 +29125,51 @@
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>14241</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>617038</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>736</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">