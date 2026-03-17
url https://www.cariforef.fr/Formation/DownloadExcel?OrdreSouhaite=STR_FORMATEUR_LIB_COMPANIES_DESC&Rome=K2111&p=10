--- v2 (2026-03-17)
+++ v3 (2026-03-17)
@@ -185,59 +185,59 @@
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel formateur professionnel d'adultes (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Culture civilisation</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -710,77 +710,77 @@
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Seven Life</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Coach professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Serenity Institut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coaching entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Coach professionnel BC01 Évaluer la demande du client et formaliser les objectifs de coaching dans le contrat de prestation</x:t>
   </x:si>
   <x:si>
-    <x:t>Serenity Institut</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel BC02 Conduire une prestation complète de coaching individuel ou collectif</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coach professionnel</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Coach professionnel BC03 Concevoir et animer une formation pour élargir et compléter une prestation de coaching</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel BC04 Structurer et développer son activité de Coach Professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir formateur des membres du comité social et économique (CSE) et commission santé, sécurité et conditions de travail (CSSCT)</x:t>
   </x:si>
   <x:si>
     <x:t>Santéprév</x:t>
   </x:si>
   <x:si>
     <x:t>SANTEPREV</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
@@ -860,140 +860,140 @@
   <x:si>
     <x:t>07/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concepteur médiatiseur pédagogique</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Cadre demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Conception formation à distance</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Référent handicap en organisme de formation / CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Formateur , Salarié , Tout public , Tuteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pédagogie public spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent de la fonction publique , Artisan , Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>01/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/08/2027 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/23/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
@@ -1589,254 +1589,254 @@
   <x:si>
     <x:t>Guiguichard - getalearn</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Responsable Projets et Ingénierie en formation RPIF</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>LE THOLONET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloc 2 : Piloter un dispositif multimodal de formation dans le cadre d'une démarche qualité (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bloc 3 : Mettre en oeuvre des situations d'apprentissage (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
   </x:si>
   <x:si>
-    <x:t>LE THOLONET</x:t>
+    <x:t>Bloc 1 : Réaliser une ingénierie de formation sur mesure, multimodale intégrant le conseil en développement des compétences (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloc 4 : Manager des équipes dans le secteur de la formation (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation recherche de fuites après compteur</x:t>
   </x:si>
   <x:si>
     <x:t>France Détection Services</x:t>
   </x:si>
   <x:si>
     <x:t>FDS</x:t>
   </x:si>
   <x:si>
     <x:t>84250</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOR</x:t>
   </x:si>
   <x:si>
-    <x:t>Bloc 2 : Piloter un dispositif multimodal de formation dans le cadre d'une démarche qualité (Titre Responsable Projets et Ingénierie en formation RPIF)</x:t>
-[...17 lines deleted...]
-    <x:t>11/16/2026 00:00:00</x:t>
+    <x:t>Diplôme de cadre de santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional des formations sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement de Coopération Sanitaire du Pays d'Aix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GCSPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encadrement santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GASSIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Formateur professionnel d'adultes (TP FPA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIX-FOURS-LES-PLAGES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme de cadre de santé</x:t>
-[...35 lines deleted...]
-    <x:t>10/07/2024 00:00:00</x:t>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence Gestion des Ressources Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement de compétences en formation professionnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden Team Trainer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GTT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Profession libérale , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAUNEUF VILLEVIEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devenir formateur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gérard Richard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Cadre demandeur d'emploi , Demandeur d'emploi , Formateur , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Langues Communication - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BRIGNOLES</x:t>
-[...73 lines deleted...]
-  <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>Eloce - Walter Learning</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Licencié pour motif économique , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
@@ -2261,165 +2261,165 @@
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alliance pour l'Emploi et la Formation en Entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AEFE</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linguistique</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention sciences du langage</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention psychologie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie cognitive</x:t>
   </x:si>
   <x:si>
     <x:t>master mention psychologie clinique, psychopathologie et psychologie de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Psychogérontologie</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de l'éducation et de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>Contribution formation professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention encadrement éducatif parcours conseiller principal d'éducation</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
-[...2 lines deleted...]
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
+    <x:t>Master mention français langue étrangère parcours coopération linguistique et éducative</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours trilangue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours chinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours italien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours hébreu et études juives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention histoire parcours histoire, pouvoirs et sociétés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours études islamologiques (islamologie et tradition intellectuelle en Islam)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de l'éducation et de la formation parcours ingénierie de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours allemand</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention langues et sociétés parcours Moyen-Orient et Maghreb</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours japonais</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours coréen</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours portugais</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours trilangue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences du langage parcours sciences du langage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie clinique, psychopathologie et psychologie de la santé parcours psychopathologie intégrative et psychologie clinique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours russe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales (préparation également possible par Bloc(s) de compétences) parcours bilangue : turc-arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention histoire parcours histoire, cultures et représentations</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de l'éducation et de la formation parcours chargé de mission en évaluation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention psychologie du développement parcours psychologie des transitions : orientation, insertion, conseil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études slaves</x:t>
   </x:si>
@@ -3313,57 +3313,57 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>621793</x:v>
+        <x:v>601666</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3373,108 +3373,108 @@
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>605097</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="U4" s="16" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>601666</x:v>
+        <x:v>621793</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
@@ -5887,103 +5887,100 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>607653</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
-      <x:c r="E51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>602616</x:v>
+        <x:v>599348</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
@@ -6003,100 +6000,103 @@
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>547165</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>599348</x:v>
+        <x:v>602616</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7640,69 +7640,69 @@
         <x:v>213</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>611844</x:v>
+        <x:v>611862</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -7712,168 +7712,168 @@
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>611855</x:v>
+        <x:v>611844</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>611862</x:v>
+        <x:v>611855</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>611842</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -7894,97 +7894,97 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>611857</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>611861</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -7997,105 +7997,105 @@
       <x:c r="M88" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>611858</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>611860</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>231</x:v>
@@ -8152,51 +8152,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>621258</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
@@ -8474,709 +8474,709 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>611361</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="J98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>611468</x:v>
+        <x:v>620284</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="J99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>611476</x:v>
+        <x:v>620285</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>617033</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="C101" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C101" s="3" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
+      <x:c r="J101" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>620284</x:v>
+        <x:v>611468</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="C102" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C102" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="J102" s="14" t="s"/>
+      <x:c r="J102" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>620285</x:v>
+        <x:v>611476</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>617029</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>586757</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>620288</x:v>
+        <x:v>611375</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>620289</x:v>
+        <x:v>620288</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>620298</x:v>
+        <x:v>620289</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>611375</x:v>
+        <x:v>620298</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>617035</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>611474</x:v>
       </x:c>
@@ -9186,116 +9186,116 @@
       <x:c r="U110" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>611480</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>620286</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
@@ -9334,328 +9334,328 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>601520</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>613603</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>44593</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>586775</x:v>
+        <x:v>620315</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44521</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>611478</x:v>
+        <x:v>620318</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>44521</x:v>
+        <x:v>44593</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>620315</x:v>
+        <x:v>586775</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="C118" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C118" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="J118" s="14" t="s"/>
+      <x:c r="J118" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>44521</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>620318</x:v>
+        <x:v>611478</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>598549</x:v>
       </x:c>
@@ -9668,51 +9668,51 @@
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>617030</x:v>
       </x:c>
@@ -9782,214 +9782,214 @@
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>615410</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>620311</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>620319</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>613604</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
@@ -10024,176 +10024,176 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>611366</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>611376</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>620293</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>620309</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
@@ -10250,51 +10250,51 @@
       <x:c r="U130" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>598548</x:v>
       </x:c>
@@ -10307,165 +10307,165 @@
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>611481</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>620317</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>613602</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
@@ -10485,242 +10485,242 @@
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44593</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>611360</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44521</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>620290</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>617028</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>617031</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>586758</x:v>
       </x:c>
@@ -10733,51 +10733,51 @@
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>586759</x:v>
       </x:c>
@@ -10787,108 +10787,108 @@
       <x:c r="U140" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>611467</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>617032</x:v>
       </x:c>
@@ -10931,51 +10931,51 @@
       <x:c r="M143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>599540</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11768,51 +11768,51 @@
       <x:c r="L158" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>615304</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>46</x:v>
@@ -11870,51 +11870,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>614278</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
@@ -12590,51 +12590,51 @@
       <x:c r="L173" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>616867</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
@@ -12706,51 +12706,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>617477</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -12763,51 +12763,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>558336</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>41347</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -12928,51 +12928,51 @@
       <x:c r="L179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32150</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>597994</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>247</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -13442,51 +13442,51 @@
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>573115</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13850,51 +13850,51 @@
       <x:c r="M195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>573765</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
@@ -14141,51 +14141,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>573130</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
@@ -14327,51 +14327,51 @@
       <x:c r="L203" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>612410</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="G204" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -14574,51 +14574,51 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>599915</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>47</x:v>
@@ -14631,51 +14631,51 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>615361</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41713</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>15020</x:v>
@@ -14736,51 +14736,51 @@
       <x:c r="M210" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>553453</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>39181</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -14793,51 +14793,51 @@
       <x:c r="M211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>553451</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
@@ -14892,51 +14892,51 @@
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44517</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>608310</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -15120,51 +15120,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>553404</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15521,386 +15521,391 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>585543</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>563392</x:v>
+        <x:v>585545</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>585545</x:v>
+        <x:v>585563</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>508</x:v>
-[...1 lines deleted...]
-      <x:c r="C227" s="3" t="s"/>
+        <x:v>507</x:v>
+      </x:c>
+      <x:c r="C227" s="3" t="n">
+        <x:v>38953</x:v>
+      </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>606793</x:v>
+        <x:v>585564</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>585563</x:v>
+        <x:v>563392</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>585564</x:v>
+        <x:v>585576</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>585576</x:v>
+        <x:v>563386</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -15963,51 +15968,51 @@
       <x:c r="J232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>585546</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
@@ -16020,176 +16025,176 @@
       <x:c r="J233" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>585548</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>585565</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>563386</x:v>
+        <x:v>563385</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
@@ -16198,1178 +16203,1177 @@
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>563385</x:v>
+        <x:v>585542</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>585542</x:v>
+        <x:v>585570</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>585570</x:v>
+        <x:v>585544</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>504</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>515</x:v>
+      </x:c>
+      <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>382</x:v>
-[...2 lines deleted...]
-        <x:v>45</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>585544</x:v>
+        <x:v>606793</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>38953</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>520</x:v>
-[...1 lines deleted...]
-      <x:c r="H240" s="14" t="s"/>
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s">
+        <x:v>381</x:v>
+      </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44557</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>613341</x:v>
+        <x:v>585547</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>585547</x:v>
+        <x:v>585567</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>585567</x:v>
+        <x:v>585574</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38953</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>44557</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>585574</x:v>
+        <x:v>585569</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>38953</x:v>
+        <x:v>38443</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s"/>
-      <x:c r="F244" s="14" t="s"/>
+      <x:c r="E244" s="14" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="F244" s="14" t="s">
+        <x:v>522</x:v>
+      </x:c>
       <x:c r="G244" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>44557</x:v>
+        <x:v>43435</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>585569</x:v>
+        <x:v>576273</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>38443</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>43435</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="R245" s="0" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="S245" s="0" t="n">
+        <x:v>579694</x:v>
+      </x:c>
+      <x:c r="T245" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
-      <x:c r="R245" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E246" s="14" t="s"/>
+      <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>579694</x:v>
+        <x:v>573831</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
+      <x:c r="E247" s="0" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F247" s="0" t="s">
+        <x:v>433</x:v>
+      </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>573831</x:v>
+        <x:v>579695</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
-        <x:v>432</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>579695</x:v>
+        <x:v>616811</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
-      <x:c r="E249" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>616811</x:v>
+        <x:v>579983</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>579983</x:v>
+        <x:v>539321</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>442</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>534</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>539321</x:v>
+        <x:v>600409</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>535</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>387</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>600409</x:v>
+        <x:v>613341</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>535</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="H253" s="0" t="s">
+        <x:v>388</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>557317</x:v>
+        <x:v>579982</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>536</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>579982</x:v>
+        <x:v>618690</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>618690</x:v>
+        <x:v>618691</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -17384,1955 +17388,1948 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>611574</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>37275</x:v>
+        <x:v>29805</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>387</x:v>
-[...2 lines deleted...]
-        <x:v>388</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>15041</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>618691</x:v>
+        <x:v>598119</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>618315</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>598119</x:v>
+        <x:v>559907</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>540</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>538</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>29805</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>559907</x:v>
+        <x:v>615151</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>542</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>615151</x:v>
+        <x:v>521110</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>29805</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>398</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>394</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>521110</x:v>
+        <x:v>607330</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>29805</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>607330</x:v>
+        <x:v>608980</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>608980</x:v>
+        <x:v>576713</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>576713</x:v>
+        <x:v>623462</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>546</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>532</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>37275</x:v>
+        <x:v>29805</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>543</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>623462</x:v>
+        <x:v>562684</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>29805</x:v>
+        <x:v>37275</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>393</x:v>
-[...2 lines deleted...]
-        <x:v>394</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>15041</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>562684</x:v>
+        <x:v>572807</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>532</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>547</x:v>
-[...1 lines deleted...]
-      <x:c r="H268" s="14" t="s"/>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s">
+        <x:v>550</x:v>
+      </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>15041</x:v>
+        <x:v>44587</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>572807</x:v>
+        <x:v>579252</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>550</x:v>
-[...2 lines deleted...]
-        <x:v>551</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>553</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>44587</x:v>
+        <x:v>44554</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>579252</x:v>
+        <x:v>622383</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>555</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>556</x:v>
-[...1 lines deleted...]
-      <x:c r="C270" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="n">
+        <x:v>37275</x:v>
+      </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s"/>
-      <x:c r="F270" s="14" t="s"/>
+      <x:c r="E270" s="14" t="s">
+        <x:v>432</x:v>
+      </x:c>
+      <x:c r="F270" s="14" t="s">
+        <x:v>433</x:v>
+      </x:c>
       <x:c r="G270" s="14" t="s">
-        <x:v>557</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>449</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>116</x:v>
-[...1 lines deleted...]
-      <x:c r="J270" s="14" t="s"/>
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="J270" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K270" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="L270" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="M270" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="N270" s="15" t="n">
+        <x:v>15041</x:v>
+      </x:c>
+      <x:c r="O270" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P270" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="L270" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>622383</x:v>
+        <x:v>579686</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
-      <x:c r="E271" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>448</x:v>
-[...2 lines deleted...]
-        <x:v>449</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>559</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>560</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>579686</x:v>
+        <x:v>557317</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>557321</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>613338</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>613339</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>613347</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>613348</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>557319</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>557597</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>567</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>613340</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>613342</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>569</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>613344</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>605539</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>613346</x:v>
+        <x:v>557313</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>572</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>557313</x:v>
+        <x:v>557320</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>557320</x:v>
+        <x:v>613346</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="U285" s="4" t="s">
         <x:v>573</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>613336</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>613337</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>613345</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
+      <x:c r="E289" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="G289" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>557318</x:v>
+        <x:v>557596</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>557596</x:v>
+        <x:v>557318</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19666,51 +19663,51 @@
       <x:c r="M297" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>579684</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20001,51 +19998,51 @@
       <x:c r="L303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>617711</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
@@ -20112,224 +20109,224 @@
       <x:c r="L305" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>617713</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>100</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
-      <x:c r="E306" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>600054</x:v>
+        <x:v>569938</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>598712</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s"/>
+      <x:c r="E308" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>569938</x:v>
+        <x:v>600054</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
@@ -20393,51 +20390,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>617712</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20662,198 +20659,198 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>398484</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>224241</x:v>
+        <x:v>398491</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>286250</x:v>
+        <x:v>224241</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>398491</x:v>
+        <x:v>286250</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>36</x:v>
@@ -21370,51 +21367,51 @@
       <x:c r="L329" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>587736</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
@@ -21644,51 +21641,51 @@
       <x:c r="L334" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>587734</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -22012,51 +22009,51 @@
       <x:c r="L341" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>587814</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
@@ -22076,88 +22073,88 @@
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>587815</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F343" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>578487</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
@@ -22513,51 +22510,51 @@
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>42785</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>584545</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>536</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
@@ -22570,51 +22567,51 @@
       <x:c r="L351" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>575932</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
@@ -23506,157 +23503,157 @@
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>592114</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>40303</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>574317</x:v>
+        <x:v>592809</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>40740</x:v>
+        <x:v>40303</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>14227</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>592809</x:v>
+        <x:v>574317</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>47</x:v>
@@ -23840,51 +23837,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>601394</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -23894,51 +23891,51 @@
       <x:c r="L375" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>588302</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
@@ -23951,51 +23948,51 @@
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>611251</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24116,51 +24113,51 @@
       <x:c r="L379" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>600758</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="I380" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
@@ -24222,60 +24219,60 @@
       <x:c r="J381" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>574016</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I382" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
@@ -24397,105 +24394,105 @@
       <x:c r="J384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>537</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>606709</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F385" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>576629</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
@@ -24513,51 +24510,51 @@
         <x:v>713</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>44588</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>534</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>614385</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>411</x:v>
@@ -24568,54 +24565,54 @@
       <x:c r="L387" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42856</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>610704</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -24739,102 +24736,102 @@
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>622071</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>616998</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -24901,51 +24898,51 @@
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>622070</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -24958,51 +24955,51 @@
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>622075</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -25126,51 +25123,51 @@
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>622068</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="I398" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>26</x:v>
@@ -25189,376 +25186,376 @@
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>599731</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>38696</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>595468</x:v>
+        <x:v>591881</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>592372</x:v>
+        <x:v>595469</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>592392</x:v>
+        <x:v>592807</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>38696</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>14272</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>591881</x:v>
+        <x:v>595468</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>35912</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>595469</x:v>
+        <x:v>592372</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>40740</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>14227</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>592807</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -25974,150 +25971,150 @@
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>575933</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>38154</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>575920</x:v>
+        <x:v>575937</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>38154</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>575935</x:v>
+        <x:v>575920</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
@@ -26171,242 +26168,242 @@
       <x:c r="C416" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>575937</x:v>
+        <x:v>575935</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38156</x:v>
+        <x:v>39506</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>13364</x:v>
+        <x:v>15235</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>739</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>575698</x:v>
+        <x:v>575532</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>575710</x:v>
+        <x:v>575792</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>575719</x:v>
+        <x:v>575707</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
@@ -26421,108 +26418,108 @@
       <x:c r="K420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>575723</x:v>
+        <x:v>575718</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>575709</x:v>
+        <x:v>575721</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
@@ -26537,688 +26534,688 @@
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>575713</x:v>
+        <x:v>575720</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>40740</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14227</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>575724</x:v>
+        <x:v>580609</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>40740</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>14227</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>580609</x:v>
+        <x:v>575538</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>38156</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13364</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>575538</x:v>
+        <x:v>575697</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>38156</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>13364</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>739</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>575697</x:v>
+        <x:v>575714</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>575714</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>40120</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>575720</x:v>
+        <x:v>575540</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>38156</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>13364</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>575539</x:v>
+        <x:v>575698</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>575540</x:v>
+        <x:v>575710</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>39506</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
-        <x:v>15235</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>575532</x:v>
+        <x:v>575719</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>40098</x:v>
+        <x:v>40120</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>575707</x:v>
+        <x:v>575723</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
-        <x:v>40120</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>575718</x:v>
+        <x:v>575709</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
@@ -27233,51 +27230,51 @@
       <x:c r="K434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>575721</x:v>
+        <x:v>575713</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
@@ -27290,98 +27287,98 @@
       <x:c r="K435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>575792</x:v>
+        <x:v>575724</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38696</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>14272</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>575699</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
@@ -27420,51 +27417,51 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>575715</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -28639,145 +28636,145 @@
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>575868</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>790</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>590425</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38443</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="G460" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>43435</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>576630</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
@@ -29153,51 +29150,51 @@
       <x:c r="L467" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>545270</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I468" s="16" t="s">
@@ -29501,51 +29498,51 @@
       <x:c r="L473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
         <x:v>576027</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
@@ -29617,51 +29614,51 @@
       <x:c r="L475" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>610044</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
@@ -29965,51 +29962,51 @@
       <x:c r="L481" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>576008</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
@@ -30140,51 +30137,51 @@
       <x:c r="L484" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>609878</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>813</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
@@ -30836,51 +30833,51 @@
       <x:c r="L496" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>545204</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
@@ -31338,51 +31335,51 @@
       <x:c r="J505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>580000</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
@@ -31974,96 +31971,96 @@
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>605401</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
-        <x:v>556</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>612548</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>848</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>25</x:v>
       </x:c>