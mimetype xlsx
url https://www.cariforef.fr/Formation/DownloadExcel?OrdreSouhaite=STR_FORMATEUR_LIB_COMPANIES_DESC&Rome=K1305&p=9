--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -197,86 +197,86 @@
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant de vie aux familles</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>dates fixes</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-10e</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
-    <x:t>02/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant de vie aux familles module relations usagers clients séniors</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
   </x:si>
   <x:si>
     <x:t>REFLETS</x:t>
@@ -290,65 +290,65 @@
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Seven Life</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel assistant de vie aux familles (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>04/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Santéprév</x:t>
   </x:si>
   <x:si>
     <x:t>SANTEPREV</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
@@ -404,68 +404,68 @@
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Orgaly Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/29/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
@@ -1004,77 +1004,77 @@
   <x:si>
     <x:t>Diplôme d'État de technicien de l'intervention sociale et familiale</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de technicien de l'intervention sociale et familiale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maître(esse) de maison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maître de maison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
-    <x:t>Maître(esse) de maison</x:t>
-[...2 lines deleted...]
-    <x:t>Maître de maison</x:t>
+    <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/07/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gouvernant en établissement sanitaire et médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Français de l'Elégance et du Luxe</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Management opérationnel</x:t>
@@ -1175,77 +1175,77 @@
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale - Antenne Draguignan</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>Haute école du travail et de l'intervention sociale</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 02</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2025 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>07/23/2027 00:00:00</x:t>
+    <x:t>Titre à finalité professionnelle Maître-Maîtresse de maison en secteur social et médico-social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Assistant de Vie aux Familles (TP ADVF)</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Formadom</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Form.ecare</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
@@ -1619,63 +1619,63 @@
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant de vie aux familles</x:t>
   </x:si>
   <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>06/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Entretenir le logement et le linge d'un particulier - Bloc de compétences du titre professionnel Assistant de vie aux familles</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
@@ -2409,216 +2409,216 @@
       <x:c r="K4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>575099</x:v>
+        <x:v>609118</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>575110</x:v>
+        <x:v>575099</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>575097</x:v>
+        <x:v>575110</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>609120</x:v>
+        <x:v>575097</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
@@ -2628,275 +2628,275 @@
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="S8" s="14" t="n">
+        <x:v>609120</x:v>
+      </x:c>
+      <x:c r="T8" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="S8" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>609118</x:v>
+        <x:v>575109</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>609119</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>575098</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>604081</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2909,150 +2909,150 @@
       <x:c r="J13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>604082</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>575095</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>583644</x:v>
       </x:c>
@@ -3071,51 +3071,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>583645</x:v>
       </x:c>
@@ -3185,219 +3185,218 @@
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>598416</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>599219</x:v>
+        <x:v>598414</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>598414</x:v>
+        <x:v>599219</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>573793</x:v>
       </x:c>
@@ -3577,51 +3576,51 @@
         <x:v>607448</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44026</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>618326</x:v>
       </x:c>
@@ -3630,51 +3629,51 @@
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>44026</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>618303</x:v>
       </x:c>
@@ -3824,51 +3823,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>555048</x:v>
+        <x:v>603244</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>105</x:v>
@@ -3883,51 +3882,51 @@
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>603244</x:v>
+        <x:v>603243</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -3940,51 +3939,51 @@
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>603243</x:v>
+        <x:v>555048</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
@@ -4640,57 +4639,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>545444</x:v>
+        <x:v>622168</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>138</x:v>
@@ -4761,57 +4760,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>622168</x:v>
+        <x:v>545444</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>138</x:v>
@@ -5248,51 +5247,51 @@
       <x:c r="L53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>545542</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -5353,51 +5352,51 @@
       <x:c r="J55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>596622</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37669</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5531,51 +5530,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>557766</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -5638,51 +5637,51 @@
       <x:c r="J60" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>611639</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5695,51 +5694,51 @@
       <x:c r="J61" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37669</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -6921,51 +6920,51 @@
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>620506</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37669</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
@@ -7325,51 +7324,51 @@
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>597025</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>43</x:v>
@@ -7582,51 +7581,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>583765</x:v>
       </x:c>
@@ -7976,51 +7975,51 @@
       <x:c r="A102" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37424</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>570855</x:v>
       </x:c>
@@ -8060,439 +8059,439 @@
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>599094</x:v>
+        <x:v>557565</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39680</x:v>
+        <x:v>4503</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s"/>
+      <x:c r="E104" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>578467</x:v>
+        <x:v>496206</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>4503</x:v>
+        <x:v>39680</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>496206</x:v>
+        <x:v>599094</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>557565</x:v>
+        <x:v>578467</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>567165</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>567166</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>578466</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>4503</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>470864</x:v>
       </x:c>
@@ -8535,745 +8534,745 @@
       <x:c r="L111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>557564</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>525305</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>567164</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>303</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E114" s="14" t="s"/>
+      <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>44008</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>576184</x:v>
+        <x:v>573272</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>312</x:v>
-[...1 lines deleted...]
-      <x:c r="C115" s="3" t="s"/>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C115" s="3" t="n">
+        <x:v>4503</x:v>
+      </x:c>
       <x:c r="D115" s="3" t="s"/>
+      <x:c r="E115" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>44096</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>615078</x:v>
+        <x:v>496205</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>312</x:v>
-[...1 lines deleted...]
-      <x:c r="C116" s="15" t="s"/>
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="n">
+        <x:v>39680</x:v>
+      </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s"/>
+      <x:c r="J116" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>44096</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>573272</x:v>
+        <x:v>599093</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>297</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
-      <x:c r="E117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J117" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>44008</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>496205</x:v>
+        <x:v>617438</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F118" s="14" t="s"/>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F118" s="14" t="s">
+        <x:v>317</x:v>
+      </x:c>
       <x:c r="G118" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>599093</x:v>
+        <x:v>576184</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44096</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>617438</x:v>
+        <x:v>573058</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>312</x:v>
-[...1 lines deleted...]
-      <x:c r="C120" s="15" t="s"/>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C120" s="15" t="n">
+        <x:v>4503</x:v>
+      </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J120" s="14" t="s"/>
+      <x:c r="J120" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>44096</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>573058</x:v>
+        <x:v>470863</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>303</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="J121" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>44008</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>470863</x:v>
+        <x:v>615078</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>575885</x:v>
+        <x:v>607962</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F123" s="0" t="s">
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>550568</x:v>
+        <x:v>575885</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -9282,84 +9281,84 @@
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>607962</x:v>
+        <x:v>550568</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>524219</x:v>
       </x:c>
@@ -9428,51 +9427,51 @@
       <x:c r="U126" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>41343</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32110</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>610997</x:v>
       </x:c>
@@ -9485,51 +9484,51 @@
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41343</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>32110</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>622595</x:v>
       </x:c>
@@ -9575,80 +9574,80 @@
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>573761</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>573362</x:v>
       </x:c>
@@ -9661,51 +9660,51 @@
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>573365</x:v>
       </x:c>
@@ -9720,51 +9719,51 @@
       <x:c r="A132" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>573369</x:v>
       </x:c>
@@ -9777,51 +9776,51 @@
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>573366</x:v>
       </x:c>
@@ -9836,138 +9835,138 @@
       <x:c r="A134" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>573364</x:v>
+        <x:v>573363</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>573363</x:v>
+        <x:v>573364</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -10182,51 +10181,51 @@
       <x:c r="A140" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>613166</x:v>
       </x:c>
@@ -10239,51 +10238,51 @@
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>613167</x:v>
       </x:c>
@@ -10384,57 +10383,57 @@
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>599774</x:v>
+        <x:v>547044</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>362</x:v>
@@ -10445,57 +10444,57 @@
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>547044</x:v>
+        <x:v>599774</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -10563,51 +10562,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>547045</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
@@ -10644,832 +10643,833 @@
       <x:c r="S147" s="0" t="n">
         <x:v>599773</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="G148" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>578955</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
+      <x:c r="F149" s="0" t="s">
+        <x:v>317</x:v>
+      </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>528933</x:v>
+        <x:v>578956</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>39680</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>44008</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>578956</x:v>
+        <x:v>547050</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>39680</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>547050</x:v>
+        <x:v>498851</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39680</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>44008</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>498851</x:v>
+        <x:v>528933</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>39680</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44008</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>599775</x:v>
+        <x:v>534258</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>39680</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>44008</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>534258</x:v>
+        <x:v>599775</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>37424</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>622530</x:v>
+        <x:v>598132</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>37424</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>44022</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>598132</x:v>
+        <x:v>622530</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>585587</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>587256</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>579984</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G160" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>583766</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>558586</x:v>
       </x:c>
@@ -11505,93 +11505,93 @@
       <x:c r="J162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>617068</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F163" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>583635</x:v>
       </x:c>
@@ -11604,51 +11604,51 @@
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>623529</x:v>
       </x:c>
@@ -11799,51 +11799,51 @@
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>554199</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
@@ -11880,51 +11880,51 @@
         <x:v>602659</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>598290</x:v>
       </x:c>
@@ -12155,100 +12155,100 @@
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44039</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>615372</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44039</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>584646</x:v>
       </x:c>
@@ -12346,51 +12346,51 @@
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>501606</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12411,54 +12411,54 @@
       <x:c r="L178" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>546581</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12529,51 +12529,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>555691</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
@@ -12737,162 +12737,162 @@
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>578641</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>611251</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>611894</x:v>
       </x:c>
@@ -12967,51 +12967,51 @@
       <x:c r="A188" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>614885</x:v>
       </x:c>
@@ -13024,110 +13024,110 @@
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>614490</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>614586</x:v>
       </x:c>
@@ -13140,51 +13140,51 @@
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>614886</x:v>
       </x:c>
@@ -13199,51 +13199,51 @@
       <x:c r="A192" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>614582</x:v>
       </x:c>
@@ -13262,51 +13262,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F193" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>583642</x:v>
       </x:c>
@@ -13325,51 +13325,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G194" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>583643</x:v>
       </x:c>
@@ -13388,51 +13388,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F195" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>583608</x:v>
       </x:c>
@@ -13451,51 +13451,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G196" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>583614</x:v>
       </x:c>
@@ -13509,51 +13509,51 @@
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>583616</x:v>
       </x:c>
@@ -13572,51 +13572,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G198" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>599212</x:v>
       </x:c>
@@ -13635,51 +13635,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F199" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>583605</x:v>
       </x:c>
@@ -13698,51 +13698,51 @@
         <x:v>478</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="G200" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>579430</x:v>
       </x:c>
@@ -13761,51 +13761,51 @@
         <x:v>478</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F201" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>580088</x:v>
       </x:c>
@@ -13824,51 +13824,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G202" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>599215</x:v>
       </x:c>
@@ -13887,51 +13887,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F203" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>583607</x:v>
       </x:c>
@@ -13950,51 +13950,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G204" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>583606</x:v>
       </x:c>
@@ -14013,51 +14013,51 @@
         <x:v>478</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>579432</x:v>
       </x:c>
@@ -14076,51 +14076,51 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G206" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>583604</x:v>
       </x:c>
@@ -14139,81 +14139,81 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F207" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>599213</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>260</x:v>
@@ -14384,51 +14384,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F211" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>599211</x:v>
       </x:c>
@@ -14447,51 +14447,51 @@
         <x:v>41</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G212" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>599214</x:v>
       </x:c>
@@ -14510,51 +14510,51 @@
         <x:v>494</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="F213" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>612048</x:v>
       </x:c>
@@ -14656,198 +14656,198 @@
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>596621</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>606539</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>610268</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>606538</x:v>
       </x:c>
@@ -14860,399 +14860,399 @@
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="S219" s="0" t="n">
+        <x:v>579289</x:v>
+      </x:c>
+      <x:c r="T219" s="4" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>460</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>618817</x:v>
+        <x:v>618211</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>618211</x:v>
+        <x:v>618817</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>579289</x:v>
+        <x:v>532286</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>513278</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>622337</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>579287</x:v>
       </x:c>
@@ -15267,51 +15267,51 @@
       <x:c r="A226" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>579291</x:v>
       </x:c>
@@ -15324,110 +15324,110 @@
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>575505</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>579290</x:v>
       </x:c>
@@ -15440,51 +15440,51 @@
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>579288</x:v>
       </x:c>
@@ -15499,51 +15499,51 @@
       <x:c r="A230" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>579293</x:v>
       </x:c>
@@ -15556,51 +15556,51 @@
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>579292</x:v>
       </x:c>
@@ -15615,51 +15615,51 @@
       <x:c r="A232" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>579149</x:v>
       </x:c>
@@ -15672,51 +15672,51 @@
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>579150</x:v>
       </x:c>
@@ -15731,51 +15731,51 @@
       <x:c r="A234" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>579154</x:v>
       </x:c>
@@ -15788,51 +15788,51 @@
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>579153</x:v>
       </x:c>
@@ -15847,456 +15847,456 @@
       <x:c r="A236" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>532215</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>513066</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>575423</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>622325</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>618036</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>516</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>618752</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>579151</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>579152</x:v>
       </x:c>
@@ -16311,51 +16311,51 @@
       <x:c r="A244" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>579155</x:v>
       </x:c>