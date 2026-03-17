--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -470,60 +470,60 @@
   <x:si>
     <x:t>Titre professionnel technicien en montage et vente d'optique-lunetterie</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'Ecole By Krys Group</x:t>
   </x:si>
   <x:si>
     <x:t>78550</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Epsa</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Epsa - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
@@ -1687,173 +1687,173 @@
       <x:c r="K10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>600286</x:v>
+        <x:v>543317</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38360</x:v>
+        <x:v>38456</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>543317</x:v>
+        <x:v>546670</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38456</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>546670</x:v>
+        <x:v>600286</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38456</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
@@ -3435,100 +3435,100 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>593925</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>30157</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>551083</x:v>
+        <x:v>505855</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>113</x:v>
@@ -3542,117 +3542,117 @@
       <x:c r="K42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>551105</x:v>
+        <x:v>603256</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38360</x:v>
+        <x:v>30157</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>603257</x:v>
+        <x:v>551083</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>114</x:v>
@@ -3663,54 +3663,54 @@
       <x:c r="K44" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>505855</x:v>
+        <x:v>551105</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -3723,57 +3723,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>603256</x:v>
+        <x:v>603257</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40622</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>114</x:v>
@@ -4198,51 +4198,51 @@
       <x:c r="K53" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>570858</x:v>
+        <x:v>554783</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
@@ -4257,114 +4257,114 @@
       <x:c r="K54" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>504162</x:v>
+        <x:v>570858</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>606214</x:v>
+        <x:v>504162</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -4373,57 +4373,57 @@
       <x:c r="K56" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>554783</x:v>
+        <x:v>606214</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5062,111 +5062,111 @@
       <x:c r="K68" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>597585</x:v>
+        <x:v>570862</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>570862</x:v>
+        <x:v>597585</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5323,128 +5323,128 @@
         <x:v>57</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>603470</x:v>
+        <x:v>510964</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>510964</x:v>
+        <x:v>603470</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -5814,164 +5814,164 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>551897</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>39005</x:v>
+        <x:v>38456</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>547126</x:v>
+        <x:v>600483</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38456</x:v>
+        <x:v>39005</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>600483</x:v>
+        <x:v>547126</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>132</x:v>
@@ -5996,161 +5996,161 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>547090</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38456</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>547074</x:v>
+        <x:v>600494</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38360</x:v>
+        <x:v>38456</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>600494</x:v>
+        <x:v>547074</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38456</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -6298,159 +6298,159 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>498680</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>39005</x:v>
+        <x:v>38360</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>552450</x:v>
+        <x:v>552452</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38360</x:v>
+        <x:v>39005</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>552452</x:v>
+        <x:v>552450</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38360</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">