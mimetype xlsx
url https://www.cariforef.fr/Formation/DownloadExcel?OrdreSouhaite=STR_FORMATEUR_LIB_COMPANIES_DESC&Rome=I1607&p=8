--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -449,57 +449,57 @@
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
@@ -3757,110 +3757,110 @@
       <x:c r="K47" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>616828</x:v>
+        <x:v>591316</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>591316</x:v>
+        <x:v>616828</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>104</x:v>