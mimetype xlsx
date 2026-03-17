--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -329,59 +329,59 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'électricité et de l'énergie parcours chargé d'affaires en installation électrique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1 - H1 - B2 - H2</x:t>
   </x:si>
   <x:si>
     <x:t>News Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
@@ -425,113 +425,113 @@
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique-chimie (PC), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique-chimie et sciences de l'ingénieur (PCSI) 1re année</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire physique-chimie (PC*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques-physique (MP*), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP), 2e année option informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique-chimie (PC*), 2e année</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée St-Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire technologie et sciences industrielles (TSI), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatisme informatique industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS électrotechnique</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS électrotechnique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel La Floride</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
@@ -725,59 +725,59 @@
   <x:si>
     <x:t>BRIANCON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84803</x:t>
   </x:si>
   <x:si>
     <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Polyvalent Alpes et Durance</x:t>
   </x:si>
   <x:si>
     <x:t>05200</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Adam de Craponne</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'installation et de maintenance de piscines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Piscine</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Pofessionnel Jean Moulin (site Rol Tanguy)</x:t>
@@ -1205,179 +1205,179 @@
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>La Cordeille Formation - Externat Saint Joseph</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS maintenance des systèmes option A : systèmes de production + BTS maintenance des systèmes option D : systèmes ascenseurs et élévateurs</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO MELEC - Métiers de l'Electricité et de ses Environnements Connectés</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Electrotechnique</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS Electrotechnique ( à partir de la rentrée 2025)</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Electrotechnique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS MS - Maintenance des systèmes - option B Systèmes énergétiques et fluidiques</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS MS - Maintenance des Systèmes - option A Systèmes de production</x:t>
   </x:si>
   <x:si>
-    <x:t>Conseil Régional</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE THOLONET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2026 00:00:00</x:t>
+    <x:t>Titre Professionnel Technicien d'installation et de maintenance de piscines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFPA - ACCES A L'EMPLOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13417</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle (FTJ)</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre Professionnel Technicien d'installation et de maintenance de piscines</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CQP Technicien de maintenance d'appareils de chauffage au gaz</x:t>
   </x:si>
   <x:si>
     <x:t>Chauffage gaz</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Technicien de maintenance industrielle - A partir de janvier 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Installation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
@@ -1436,98 +1436,98 @@
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Eclipse - Istec</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BR - BC - B1 - B2</x:t>
   </x:si>
   <x:si>
     <x:t>Convergence Formation</x:t>
   </x:si>
   <x:si>
+    <x:t>Concept Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES PENNES-MIRABEAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitations électriques B1 - B2 - BR - BC - Recyclage</x:t>
   </x:si>
   <x:si>
-    <x:t>Concept Sécurité Formation</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
-    <x:t>LES PENNES-MIRABEAU</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/20/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP électricien (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
@@ -1739,83 +1739,83 @@
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>S'initier aux fondamentaux de l'électricité - ELA041</x:t>
   </x:si>
   <x:si>
     <x:t>Apave Exploitation France</x:t>
   </x:si>
   <x:si>
     <x:t>92400</x:t>
   </x:si>
   <x:si>
     <x:t>Basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réaliser la maintenance d'une installation électrique Basse Tension (BT) - ELD005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintenance installation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien de maintenance industrielle (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Istres</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien de maintenance industrielle</x:t>
@@ -1841,72 +1841,72 @@
   <x:si>
     <x:t>06/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparer les éléments électrotechniques et pneumatiques d'un équipement industriel - Bloc de compétences du titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparer les éléments mécaniques et hydrauliques d'un équipement industriel - Bloc de compétences du titre profession Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparer les éléments électrotechniques et pneumatiques d'un équipement industriel - bloc de compétences du titre professionnel Technicien de maintenance industrielle</x:t>
   </x:si>
   <x:si>
+    <x:t>06/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electromécanicien de maintenance industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Niveau CAP, BEP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entretien mécanique industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AEP Saint Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B2 - BC - BR</x:t>
   </x:si>
   <x:si>
     <x:t>Adrh Management</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
@@ -3282,221 +3282,221 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>541507</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>30117</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>455472</x:v>
+        <x:v>558162</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="U15" s="4" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>507323</x:v>
+        <x:v>455472</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>30117</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>558162</x:v>
+        <x:v>507323</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>72</x:v>
@@ -3510,57 +3510,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>541503</x:v>
+        <x:v>556784</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -3570,57 +3570,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>609479</x:v>
+        <x:v>541503</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>73</x:v>
@@ -3631,57 +3631,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>556784</x:v>
+        <x:v>609479</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -3694,54 +3694,54 @@
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>455398</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>55</x:v>
@@ -3910,57 +3910,57 @@
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>558735</x:v>
+        <x:v>493132</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -3969,57 +3969,57 @@
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>493132</x:v>
+        <x:v>558735</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -4215,66 +4215,66 @@
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>595108</x:v>
+        <x:v>592940</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>113</x:v>
@@ -4283,202 +4283,202 @@
       <x:c r="K32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592940</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>592962</x:v>
+        <x:v>592888</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592888</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>594656</x:v>
+        <x:v>595108</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>75</x:v>
@@ -4705,51 +4705,51 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>594206</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
@@ -4827,80 +4827,80 @@
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>592950</x:v>
+        <x:v>594653</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
@@ -4913,86 +4913,86 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>594152</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>24454</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>594653</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>131</x:v>
@@ -5136,51 +5136,51 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>547674</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
@@ -5344,51 +5344,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>592580</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24054</x:v>
@@ -5451,51 +5451,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>500993</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -5572,51 +5572,51 @@
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>511069</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -5690,54 +5690,54 @@
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>451213</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -5809,51 +5809,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>501466</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -6240,104 +6240,102 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>605694</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>550259</x:v>
+        <x:v>604284</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -6361,102 +6359,104 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>550200</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="H70" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>604284</x:v>
+        <x:v>550259</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -6472,51 +6472,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>500934</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -6647,51 +6647,51 @@
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>494831</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -6709,51 +6709,51 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>597522</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
@@ -6874,51 +6874,51 @@
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>494794</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -7635,57 +7635,57 @@
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>515635</x:v>
+        <x:v>547697</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>142</x:v>
@@ -7696,57 +7696,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>547697</x:v>
+        <x:v>515635</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -7926,114 +7926,114 @@
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>494792</x:v>
+        <x:v>547617</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>547617</x:v>
+        <x:v>494792</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -8167,159 +8167,159 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>547818</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>602318</x:v>
+        <x:v>547832</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>541519</x:v>
+        <x:v>602318</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -8332,110 +8332,108 @@
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>494811</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>547832</x:v>
+        <x:v>594145</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -8453,103 +8451,105 @@
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>604613</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s"/>
+      <x:c r="E106" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>594145</x:v>
+        <x:v>541519</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -8621,51 +8621,51 @@
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>541509</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -9024,51 +9024,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>597532</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
@@ -9192,188 +9192,188 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>596515</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>592941</x:v>
+        <x:v>592892</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>592892</x:v>
+        <x:v>592907</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>592907</x:v>
+        <x:v>592941</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>108</x:v>
@@ -9498,100 +9498,100 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>594203</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>595107</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -9600,153 +9600,153 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>592963</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>592893</x:v>
+        <x:v>592968</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>592968</x:v>
+        <x:v>592893</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
@@ -9804,51 +9804,51 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>594207</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
@@ -9906,51 +9906,51 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>592901</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
@@ -10057,51 +10057,51 @@
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>592967</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -10329,150 +10329,149 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>547866</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="J141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>594148</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="C142" s="15" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C142" s="15" t="n">
+        <x:v>41007</x:v>
+      </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="J142" s="14" t="s"/>
+      <x:c r="J142" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>592952</x:v>
+        <x:v>594148</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
@@ -10753,51 +10752,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>511064</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -11045,57 +11044,57 @@
       <x:c r="K153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>501012</x:v>
+        <x:v>605699</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>155</x:v>
@@ -11106,57 +11105,57 @@
       <x:c r="K154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>605699</x:v>
+        <x:v>501012</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
@@ -11169,51 +11168,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
@@ -11324,150 +11323,149 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>592902</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>136</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="J159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>594154</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="C160" s="15" t="s"/>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="n">
+        <x:v>41007</x:v>
+      </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="J160" s="14" t="s"/>
+      <x:c r="J160" s="14" t="s">
+        <x:v>78</x:v>
+      </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>594154</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
@@ -11537,74 +11535,74 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>596514</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>594654</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
@@ -11639,100 +11637,100 @@
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>592966</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>592889</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
@@ -11843,51 +11841,51 @@
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>592896</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
@@ -12000,51 +11998,51 @@
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>493129</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -12408,57 +12406,57 @@
       <x:c r="K178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>556722</x:v>
+        <x:v>515636</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -12468,57 +12466,57 @@
       <x:c r="K179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>515636</x:v>
+        <x:v>556722</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -12641,100 +12639,100 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>592899</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>592942</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
@@ -12792,51 +12790,51 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>592965</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
@@ -13168,51 +13166,51 @@
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>541515</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -13287,51 +13285,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>556505</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -13416,158 +13414,159 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>605704</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H197" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>617348</x:v>
+        <x:v>605696</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>605696</x:v>
+        <x:v>617348</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -13594,164 +13593,164 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>617499</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>519681</x:v>
+        <x:v>500994</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>500994</x:v>
+        <x:v>519681</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
@@ -14097,51 +14096,51 @@
       <x:c r="M208" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>556501</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -14162,51 +14161,51 @@
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>556502</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
@@ -14273,78 +14272,78 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>597521</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>594652</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
@@ -14597,51 +14596,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>596511</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
@@ -14708,51 +14707,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>597539</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
@@ -14987,51 +14986,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>597535</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24054</x:v>
@@ -16035,51 +16034,51 @@
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>516059</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
@@ -16156,510 +16155,509 @@
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>555616</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s"/>
+      <x:c r="E246" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>515949</x:v>
+        <x:v>516017</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>516017</x:v>
+        <x:v>598931</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>598931</x:v>
+        <x:v>598932</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
-      <x:c r="E249" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>598932</x:v>
+        <x:v>515949</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
-      <x:c r="E250" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>502524</x:v>
+        <x:v>570882</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>570882</x:v>
+        <x:v>514432</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
-      <x:c r="E252" s="14" t="s"/>
+      <x:c r="E252" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>587898</x:v>
+        <x:v>502524</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>514432</x:v>
+        <x:v>587898</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -16668,114 +16666,114 @@
       <x:c r="K254" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>507656</x:v>
+        <x:v>554015</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>554015</x:v>
+        <x:v>507656</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -16798,51 +16796,51 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>613004</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>30</x:v>
@@ -16855,224 +16853,222 @@
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>620184</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C258" s="15" t="n">
+        <x:v>38878</x:v>
+      </x:c>
+      <x:c r="D258" s="15" t="s"/>
+      <x:c r="E258" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="C258" s="15" t="n">
-[...4 lines deleted...]
-      <x:c r="F258" s="14" t="s"/>
+      <x:c r="F258" s="14" t="s">
+        <x:v>382</x:v>
+      </x:c>
       <x:c r="G258" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>608351</x:v>
+        <x:v>583834</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
-      <x:c r="E259" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>583834</x:v>
+        <x:v>608351</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>504175</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -17093,51 +17089,51 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>606234</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -17152,51 +17148,51 @@
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>554785</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
@@ -17209,51 +17205,51 @@
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>617138</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -17268,51 +17264,51 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>617130</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
@@ -17325,51 +17321,51 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>556585</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
@@ -17382,154 +17378,154 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>587890</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>493595</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>493644</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -17539,195 +17535,195 @@
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>540889</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>543637</x:v>
+        <x:v>500270</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="G272" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>579940</x:v>
       </x:c>
@@ -17746,146 +17742,146 @@
         <x:v>385</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F273" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>563152</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>500270</x:v>
+        <x:v>543637</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24431</x:v>
@@ -18006,108 +18002,108 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>543691</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>588515</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24431</x:v>
@@ -18117,51 +18113,51 @@
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>588532</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
@@ -18214,470 +18210,461 @@
       <x:c r="K281" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>598895</x:v>
+        <x:v>489415</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>550631</x:v>
+        <x:v>543696</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>489415</x:v>
+        <x:v>598895</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>543696</x:v>
+        <x:v>550631</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>550643</x:v>
+        <x:v>587945</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>587945</x:v>
+        <x:v>550643</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>37291</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
-      <x:c r="E287" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G287" s="0" t="s">
-        <x:v>388</x:v>
-[...2 lines deleted...]
-        <x:v>389</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>612888</x:v>
+        <x:v>551770</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>402</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F288" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="F288" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G288" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H288" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I288" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>583863</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24431</x:v>
@@ -18687,273 +18674,279 @@
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>587946</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
-      <x:c r="E290" s="14" t="s"/>
-      <x:c r="F290" s="14" t="s"/>
+      <x:c r="E290" s="14" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="F290" s="14" t="s">
+        <x:v>387</x:v>
+      </x:c>
       <x:c r="G290" s="14" t="s">
-        <x:v>104</x:v>
-[...1 lines deleted...]
-      <x:c r="H290" s="14" t="s"/>
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s">
+        <x:v>389</x:v>
+      </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>489493</x:v>
+        <x:v>612888</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>31624</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>544511</x:v>
+        <x:v>489493</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>517891</x:v>
+        <x:v>544511</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>551770</x:v>
+        <x:v>517891</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
@@ -18966,51 +18959,51 @@
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>491867</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>15417</x:v>
@@ -19020,51 +19013,51 @@
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>588535</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
@@ -19077,51 +19070,51 @@
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>587887</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>24054</x:v>
@@ -19131,51 +19124,51 @@
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>587886</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19190,108 +19183,108 @@
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>585529</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>509242</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19306,51 +19299,51 @@
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>548627</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>30</x:v>
@@ -19422,51 +19415,51 @@
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>473402</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
@@ -19479,51 +19472,51 @@
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>587891</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19538,51 +19531,51 @@
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>587893</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>30</x:v>
@@ -19654,51 +19647,51 @@
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>540881</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H307" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>30</x:v>
@@ -19827,110 +19820,110 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>541918</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>509241</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>30</x:v>
@@ -19943,114 +19936,114 @@
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>587892</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="G312" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>579937</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>30</x:v>
@@ -20063,51 +20056,51 @@
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>585530</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>30</x:v>
@@ -20174,51 +20167,51 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>577334</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>30</x:v>
@@ -20231,51 +20224,51 @@
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>551763</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>24054</x:v>
@@ -20285,274 +20278,271 @@
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
         <x:v>612999</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
-      <x:c r="E318" s="14" t="s"/>
-      <x:c r="F318" s="14" t="s"/>
+      <x:c r="E318" s="14" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F318" s="14" t="s">
+        <x:v>382</x:v>
+      </x:c>
       <x:c r="G318" s="14" t="s">
-        <x:v>301</x:v>
-[...1 lines deleted...]
-      <x:c r="H318" s="14" t="s"/>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H318" s="14" t="s">
+        <x:v>160</x:v>
+      </x:c>
       <x:c r="I318" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>494731</x:v>
+        <x:v>583833</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>613000</x:v>
+        <x:v>494731</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>587897</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
-      <x:c r="E321" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>159</x:v>
-[...2 lines deleted...]
-        <x:v>160</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>583833</x:v>
+        <x:v>613000</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -20565,51 +20555,51 @@
       <x:c r="M322" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>554768</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>419</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -20676,102 +20666,102 @@
       <x:c r="M324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>517898</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>557457</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -20787,51 +20777,51 @@
       <x:c r="M326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>540866</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -20898,59 +20888,59 @@
       <x:c r="M328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>540886</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>24431</x:v>
@@ -21017,51 +21007,51 @@
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>597590</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24054</x:v>
@@ -21174,59 +21164,59 @@
       <x:c r="M333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>493581</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>30</x:v>
@@ -21239,51 +21229,51 @@
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>493645</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>31624</x:v>
@@ -21404,51 +21394,51 @@
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>543689</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>30</x:v>
@@ -21461,51 +21451,51 @@
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>543699</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>24054</x:v>
@@ -21515,51 +21505,51 @@
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>542496</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>30</x:v>
@@ -21572,265 +21562,265 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>543700</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>582019</x:v>
+        <x:v>623317</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>423</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>493582</x:v>
+        <x:v>587896</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>587896</x:v>
+        <x:v>493582</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>623317</x:v>
+        <x:v>582019</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -21840,51 +21830,51 @@
       <x:c r="M345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>540883</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>73</x:v>
@@ -21901,51 +21891,51 @@
       <x:c r="M346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>556905</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>39635</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -22304,112 +22294,112 @@
       <x:c r="M353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>501022</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>550274</x:v>
+        <x:v>605631</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -22419,178 +22409,178 @@
       <x:c r="K355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>500930</x:v>
+        <x:v>605632</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>501008</x:v>
+        <x:v>550274</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="E357" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G357" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>605631</x:v>
+        <x:v>501008</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>155</x:v>
@@ -22601,57 +22591,57 @@
       <x:c r="K358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>605632</x:v>
+        <x:v>500930</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -22725,54 +22715,54 @@
       <x:c r="L360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>451215</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -22909,51 +22899,51 @@
       <x:c r="M363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>500928</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
@@ -22970,202 +22960,202 @@
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>592906</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>594205</x:v>
+        <x:v>592956</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>592956</x:v>
+        <x:v>592972</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>592972</x:v>
+        <x:v>594205</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
@@ -23495,51 +23485,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>590766</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -23549,51 +23539,51 @@
       <x:c r="M375" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>590769</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -23606,51 +23596,51 @@
       <x:c r="M376" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>611216</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -23660,51 +23650,51 @@
       <x:c r="M377" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>611212</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -23876,225 +23866,225 @@
       <x:c r="K381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>590767</x:v>
+        <x:v>611213</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>611217</x:v>
+        <x:v>590767</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>611213</x:v>
+        <x:v>590768</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>39873</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>22635</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>590768</x:v>
+        <x:v>611217</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>56</x:v>
@@ -24221,384 +24211,384 @@
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>587289</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="Q388" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="Q388" s="16" t="s">
+      <x:c r="R388" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="R388" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>598217</x:v>
+        <x:v>598204</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="I389" s="4" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>465</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
+        <x:v>463</x:v>
+      </x:c>
+      <x:c r="Q389" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
-      <x:c r="Q389" s="4" t="s">
+      <x:c r="R389" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="R389" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>598204</x:v>
+        <x:v>598217</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="U389" s="4" t="s">
         <x:v>470</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>471</x:v>
+      </x:c>
+      <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>500991</x:v>
+        <x:v>606945</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>504951</x:v>
+        <x:v>547435</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>471</x:v>
-[...1 lines deleted...]
-      <x:c r="H392" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H392" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I392" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>606945</x:v>
+        <x:v>500991</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="U392" s="16" t="s">
         <x:v>88</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>547435</x:v>
+        <x:v>504951</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I394" s="16" t="s">
         <x:v>155</x:v>
@@ -24857,51 +24847,51 @@
       <x:c r="M398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>502271</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
@@ -25273,293 +25263,293 @@
       <x:c r="M405" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>501472</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>30088</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>24154</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>501975</x:v>
+        <x:v>501923</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>448547</x:v>
+        <x:v>501884</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>30088</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24154</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>501884</x:v>
+        <x:v>501975</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="E409" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G409" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>501923</x:v>
+        <x:v>448547</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>37291</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>479</x:v>
@@ -25576,172 +25566,172 @@
       <x:c r="M410" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>15417</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>551896</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>558859</x:v>
+        <x:v>602811</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>558856</x:v>
+        <x:v>602813</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G413" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -25751,57 +25741,57 @@
       <x:c r="K413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>602811</x:v>
+        <x:v>558856</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>75</x:v>
@@ -25812,117 +25802,117 @@
       <x:c r="K414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>602813</x:v>
+        <x:v>558859</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>40033</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>605719</x:v>
+        <x:v>501016</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>155</x:v>
@@ -25933,534 +25923,536 @@
       <x:c r="K416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>605635</x:v>
+        <x:v>605636</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>153</x:v>
-[...2 lines deleted...]
-        <x:v>154</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>500990</x:v>
+        <x:v>501469</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="H418" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H418" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I418" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>501475</x:v>
+        <x:v>500938</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H419" s="0" t="s">
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>604283</x:v>
+        <x:v>500946</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="H420" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H420" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I420" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>550307</x:v>
+        <x:v>550264</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>501020</x:v>
+        <x:v>605700</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>451211</x:v>
+        <x:v>605695</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>30117</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>550273</x:v>
+        <x:v>550284</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>550203</x:v>
+        <x:v>550308</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -26470,358 +26462,358 @@
       <x:c r="K425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>500938</x:v>
+        <x:v>550202</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>500946</x:v>
+        <x:v>550271</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>605700</x:v>
+        <x:v>605703</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>40033</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="H428" s="14" t="s"/>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H428" s="14" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>501469</x:v>
+        <x:v>605719</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>501016</x:v>
+        <x:v>605635</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>605636</x:v>
+        <x:v>501475</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -26831,1083 +26823,1081 @@
       <x:c r="K431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>550264</x:v>
+        <x:v>500990</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>30117</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>153</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>550284</x:v>
+        <x:v>604283</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>550308</x:v>
+        <x:v>550307</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>605695</x:v>
+        <x:v>501020</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>550202</x:v>
+        <x:v>451211</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I436" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>550271</x:v>
+        <x:v>550273</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
-        <x:v>36968</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H437" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
-        <x:v>24431</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>605703</x:v>
+        <x:v>550203</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>498691</x:v>
+        <x:v>498685</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="E439" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>600487</x:v>
+        <x:v>547088</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>547069</x:v>
+        <x:v>498690</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>602689</x:v>
+        <x:v>547068</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I442" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>498668</x:v>
+        <x:v>547080</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="E443" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G443" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>452330</x:v>
+        <x:v>600493</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>602686</x:v>
+        <x:v>602688</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>498685</x:v>
+        <x:v>547086</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>547088</x:v>
+        <x:v>547067</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>498690</x:v>
+        <x:v>600491</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I448" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>547068</x:v>
+        <x:v>498691</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H449" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27917,417 +27907,417 @@
       <x:c r="K449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>547080</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>600493</x:v>
+        <x:v>547069</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>602688</x:v>
+        <x:v>498668</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
-        <x:v>41007</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>547086</x:v>
+        <x:v>452330</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="E453" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G453" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>600491</x:v>
+        <x:v>602686</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="I454" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>547067</x:v>
+        <x:v>602689</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>503468</x:v>
+        <x:v>449001</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
@@ -28336,230 +28326,230 @@
       <x:c r="K456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>548295</x:v>
+        <x:v>603944</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>503476</x:v>
+        <x:v>603945</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>508</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>548294</x:v>
+        <x:v>603951</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>503486</x:v>
+        <x:v>548296</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -28568,346 +28558,346 @@
       <x:c r="K460" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>603946</x:v>
+        <x:v>503468</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>548313</x:v>
+        <x:v>548295</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>603944</x:v>
+        <x:v>548313</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>603945</x:v>
+        <x:v>503476</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>508</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>449001</x:v>
+        <x:v>548294</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>603951</x:v>
+        <x:v>503486</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
@@ -28916,57 +28906,57 @@
       <x:c r="K466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>548296</x:v>
+        <x:v>603946</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -29148,114 +29138,114 @@
       <x:c r="K470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>603323</x:v>
+        <x:v>548260</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>503322</x:v>
+        <x:v>603323</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
@@ -29264,57 +29254,57 @@
       <x:c r="K472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>548260</x:v>
+        <x:v>503322</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -29903,51 +29893,51 @@
       <x:c r="M483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>512441</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>55</x:v>
@@ -30248,51 +30238,51 @@
       <x:c r="M489" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>448097</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
@@ -30425,51 +30415,51 @@
       <x:c r="M492" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>501919</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -30575,391 +30565,391 @@
       <x:c r="I495" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>619340</x:v>
+        <x:v>619342</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>24095</x:v>
+        <x:v>24069</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>619342</x:v>
+        <x:v>619434</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>24069</x:v>
+        <x:v>24095</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>619434</x:v>
+        <x:v>619340</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>558</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>560</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24069</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>619433</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24069</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>610442</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>619341</x:v>
+        <x:v>610430</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>610430</x:v>
+        <x:v>619341</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>566</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -30975,51 +30965,51 @@
       <x:c r="U502" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -31036,51 +31026,51 @@
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -31093,1896 +31083,1896 @@
       <x:c r="T504" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>540193</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>618232</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>618498</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>585908</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>585918</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>585922</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>585921</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>618819</x:v>
+        <x:v>618818</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>585907</x:v>
+        <x:v>589766</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="U513" s="4" t="s">
         <x:v>590</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>585919</x:v>
+        <x:v>618497</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>618818</x:v>
+        <x:v>577359</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>37276</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>31624</x:v>
+        <x:v>23684</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>589766</x:v>
+        <x:v>577370</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>618497</x:v>
+        <x:v>618819</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>577359</x:v>
+        <x:v>585907</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
-        <x:v>37276</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
-        <x:v>23684</x:v>
+        <x:v>31624</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>577370</x:v>
+        <x:v>585919</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H520" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I520" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q520" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>618471</x:v>
+        <x:v>589740</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>582</x:v>
+        <x:v>590</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H521" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I521" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q521" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>585623</x:v>
+        <x:v>585624</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>586</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H522" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I522" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q522" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>618753</x:v>
+        <x:v>618471</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
-      <x:c r="E523" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G523" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H523" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I523" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q523" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="Q523" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>583870</x:v>
+        <x:v>618470</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
-        <x:v>577</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H524" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I524" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q524" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
-        <x:v>585610</x:v>
+        <x:v>618754</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>585</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
-        <x:v>35191</x:v>
+        <x:v>41536</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="G525" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H525" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I525" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q525" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
-        <x:v>585621</x:v>
+        <x:v>618057</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>41536</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s"/>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H526" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I526" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M526" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N526" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O526" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P526" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q526" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R526" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S526" s="14" t="n">
-        <x:v>618470</x:v>
+        <x:v>618753</x:v>
       </x:c>
       <x:c r="T526" s="16" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U526" s="16" t="s">
-        <x:v>584</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="527" spans="1:21">
       <x:c r="A527" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B527" s="0" t="s">
-        <x:v>589</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C527" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D527" s="3" t="s"/>
+      <x:c r="E527" s="0" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="F527" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
       <x:c r="G527" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H527" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I527" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J527" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q527" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="Q527" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>576</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
-        <x:v>618754</x:v>
+        <x:v>583870</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H528" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I528" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q528" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
-        <x:v>589740</x:v>
+        <x:v>585623</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
-        <x:v>450</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
-        <x:v>592</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
       <x:c r="G529" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H529" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I529" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J529" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K529" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L529" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M529" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N529" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O529" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P529" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q529" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R529" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S529" s="0" t="n">
-        <x:v>585624</x:v>
+        <x:v>585610</x:v>
       </x:c>
       <x:c r="T529" s="4" t="s">
-        <x:v>581</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="U529" s="4" t="s">
-        <x:v>588</x:v>
+        <x:v>584</x:v>
       </x:c>
     </x:row>
     <x:row r="530" spans="1:21">
       <x:c r="A530" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B530" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C530" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D530" s="15" t="s"/>
       <x:c r="E530" s="14" t="s"/>
       <x:c r="F530" s="14" t="s"/>
       <x:c r="G530" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H530" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I530" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J530" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K530" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q530" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
-        <x:v>539604</x:v>
+        <x:v>585621</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>578</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
-        <x:v>41536</x:v>
+        <x:v>35191</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H531" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I531" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q531" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>618057</x:v>
+        <x:v>539604</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>37276</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H532" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I532" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="H532" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J532" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>23684</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q532" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
         <x:v>576757</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
-        <x:v>597</x:v>
+        <x:v>595</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C533" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H533" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I533" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J533" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q533" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
         <x:v>576745</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C534" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F534" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="G534" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I534" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q534" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
         <x:v>571361</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C535" s="3" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H535" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I535" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q535" s="4" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
         <x:v>585620</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C536" s="15" t="n">
         <x:v>35191</x:v>
       </x:c>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H536" s="14" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="I536" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>31624</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="Q536" s="16" t="s">
         <x:v>403</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>585609</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H537" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -32998,51 +32988,51 @@
       <x:c r="M537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>507310</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I538" s="16" t="s">
         <x:v>73</x:v>
@@ -33330,51 +33320,51 @@
       <x:c r="L543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>597960</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>54</x:v>
@@ -33385,51 +33375,51 @@
       <x:c r="L544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>55</x:v>
@@ -33769,162 +33759,161 @@
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>597962</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
-        <x:v>36968</x:v>
+        <x:v>41007</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="H552" s="14" t="s"/>
+        <x:v>492</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
+        <x:v>493</x:v>
+      </x:c>
       <x:c r="I552" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>24431</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>611019</x:v>
+        <x:v>602810</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>41007</x:v>
+        <x:v>36968</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>492</x:v>
-[...2 lines deleted...]
-        <x:v>493</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24431</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>602810</x:v>
+        <x:v>611019</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>36968</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
         <x:v>75</x:v>