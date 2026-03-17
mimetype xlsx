--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -659,126 +659,126 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Radioactivité</x:t>
   </x:si>
   <x:si>
+    <x:t>Certification Nucléaire PR1-CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation nucléaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certification Nucléaire PR1-RNE Initial - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation mécanique M0, M1 et ME (Manœuvre, Vérification et/ou Mesurage) : Opération d'ordre mécanique sur site EDF (RPP) - NUS080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certification Nucléaire PR1-RNE Recyclage - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation mécanique M2, M2 essai, MR, MC : opérations d'ordre mécanique sur site EDF (RPP) - NUS781</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...8 lines deleted...]
-    <x:t>MARSEILLE-16e</x:t>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINTE-TULLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
-  </x:si>
-[...52 lines deleted...]
-    <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification Nucléaire PR1-CR Initial - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR021</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Amtalents</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
@@ -3870,561 +3870,561 @@
       <x:c r="K48" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>610692</x:v>
+        <x:v>619846</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>619852</x:v>
+        <x:v>619847</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>610687</x:v>
+        <x:v>619851</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>619848</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>610689</x:v>
+        <x:v>610687</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>610686</x:v>
+        <x:v>610689</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>610690</x:v>
+        <x:v>610686</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>619849</x:v>
+        <x:v>610690</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>619846</x:v>
+        <x:v>619849</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>619847</x:v>
+        <x:v>610692</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>619851</x:v>
+        <x:v>619852</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>171</x:v>
@@ -4443,87 +4443,87 @@
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>619845</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>619850</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>228</x:v>
       </x:c>