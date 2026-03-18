--- v0 (2026-03-18)
+++ v1 (2026-03-18)
@@ -728,60 +728,60 @@
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification Nucléaire PR1-CR Initial - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR021</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification Nucléaire PR1-RNE Initial - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR041</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification Nucléaire PR1-CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR023</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Amtalents</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
@@ -4327,51 +4327,51 @@
       <x:c r="K57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>619846</x:v>
+        <x:v>610686</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>198</x:v>
@@ -4380,51 +4380,51 @@
       <x:c r="K58" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>610686</x:v>
+        <x:v>619846</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>171</x:v>