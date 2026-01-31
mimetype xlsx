--- v0 (2026-01-31)
+++ v1 (2026-01-31)
@@ -200,80 +200,80 @@
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie chimique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours contrôle, pilotage et optimisation des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
@@ -350,59 +350,59 @@
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Salarié de l'artisanat , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Formuler et fabriquer sans eau en cosmétique naturelle et bio</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Commerçant , Particulier, individuel , Salarié de l'artisanat , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Fabrication de shampoing solides en cosmétique naturelle et BIO</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Formuler et fabriquer des déodorants sous forme de baumes</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Développement de cosmétique bio</x:t>
   </x:si>
   <x:si>
+    <x:t>Formuler et fabriquer des émulsions en cosmétique naturelle et biologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisan , Particulier, individuel , Salarié , Salarié de l'artisanat</x:t>
+  </x:si>
+  <x:si>
     <x:t>Développement et règlementation et mise sur le marché de produits cosmétique bio</x:t>
   </x:si>
   <x:si>
-    <x:t>Formuler et fabriquer des émulsions en cosmétique naturelle et biologique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Fabrication de savons liquides et savons pâte</x:t>
   </x:si>
   <x:si>
     <x:t>Fabrication de savons saponifés à froid (SAF)</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique globale</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture à la chaux, parement et décor</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
   </x:si>
   <x:si>
     <x:t>CFRPA</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
@@ -644,63 +644,63 @@
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant technique des industries aromatiques et cosmétiques (Appentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingrédient arôme alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>03/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>International technical degree in fragrance creation and sensory evaluation</x:t>
   </x:si>
   <x:si>
     <x:t>12/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les matières premières utilisées en parfumerie</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
@@ -1483,51 +1483,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>591850</x:v>
+        <x:v>591852</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -1594,102 +1594,102 @@
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>591852</x:v>
+        <x:v>591850</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>592531</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
@@ -1753,54 +1753,54 @@
       <x:c r="I9" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>597244</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
@@ -1810,54 +1810,54 @@
       <x:c r="I10" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>592535</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2427,124 +2427,124 @@
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>616695</x:v>
+        <x:v>606898</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>606898</x:v>
+        <x:v>616695</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>77</x:v>
@@ -4181,57 +4181,57 @@
       <x:c r="K54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>599068</x:v>
+        <x:v>495252</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -4241,57 +4241,57 @@
       <x:c r="K55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>495253</x:v>
+        <x:v>599068</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>182</x:v>
@@ -4302,57 +4302,57 @@
       <x:c r="K56" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>495252</x:v>
+        <x:v>495253</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="U56" s="16" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>