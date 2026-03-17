--- v0 (2026-03-17)
+++ v1 (2026-03-17)
@@ -287,78 +287,78 @@
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option sculpteur ornemaniste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sculpture bois</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Denis Diderot</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option marqueteur</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Alpes et Durance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRUN</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro technicien constructeur bois (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Charpente bois</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Alpes et Durance</x:t>
-[...5 lines deleted...]
-    <x:t>EMBRUN</x:t>
+    <x:t>Lycée Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro étude et réalisation d'agencement</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien de fabrication bois et matériaux associés</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>bac pro étude et réalisation d'agencement</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro interventions sur le patrimoine bâti option A maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
@@ -2005,488 +2005,488 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>596259</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P14" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="P14" s="14" t="s">
+      <x:c r="R14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="Q14" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>494769</x:v>
+        <x:v>547549</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="P15" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="P15" s="0" t="s">
+      <x:c r="R15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="Q15" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>547548</x:v>
+        <x:v>494758</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q16" s="16" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="R16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="Q16" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>547549</x:v>
+        <x:v>494769</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="R17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>494758</x:v>
+        <x:v>547548</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>37308</x:v>
+        <x:v>41867</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
+      <x:c r="R18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>592100</x:v>
+        <x:v>620456</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>41837</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>594216</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>41867</x:v>
+        <x:v>37308</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="R20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>620456</x:v>
+        <x:v>592100</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
         <x:v>78</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
+      <x:c r="R21" s="0" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>596261</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
@@ -2849,51 +2849,51 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>596264</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>41837</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22404</x:v>
@@ -2903,162 +2903,162 @@
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>594218</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>41867</x:v>
+        <x:v>41835</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>594271</x:v>
+        <x:v>596255</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>41835</x:v>
+        <x:v>41867</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596255</x:v>
+        <x:v>594271</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>41837</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
@@ -3156,51 +3156,51 @@
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>594251</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
@@ -3236,51 +3236,51 @@
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>596260</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>41837</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
@@ -3360,243 +3360,243 @@
       <x:c r="T37" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>41867</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>594275</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>41867</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>594277</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>41866</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>594253</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>41866</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>594252</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>41835</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
@@ -3997,117 +3997,117 @@
         <x:v>471</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>543644</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>493600</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -4165,60 +4165,60 @@
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>543670</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -4228,391 +4228,393 @@
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>543657</x:v>
+        <x:v>493627</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>547605</x:v>
+        <x:v>543657</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>493589</x:v>
+        <x:v>547605</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>547606</x:v>
+        <x:v>493589</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>519386</x:v>
+        <x:v>547606</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>493627</x:v>
+        <x:v>460657</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>460657</x:v>
+        <x:v>519386</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>129</x:v>
@@ -5235,153 +5237,153 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>499407</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>499412</x:v>
+        <x:v>548869</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>37238</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>548869</x:v>
+        <x:v>548885</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -5394,57 +5396,57 @@
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>548885</x:v>
+        <x:v>499412</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35823</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -6795,159 +6797,159 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>503545</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>603978</x:v>
+        <x:v>503549</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>503549</x:v>
+        <x:v>603978</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -6970,94 +6972,94 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>604061</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>548375</x:v>
+        <x:v>548368</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>192</x:v>
@@ -7072,57 +7074,57 @@
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>548368</x:v>
+        <x:v>503617</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -7143,159 +7145,159 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>604052</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>503617</x:v>
+        <x:v>548374</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>548374</x:v>
+        <x:v>548375</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -7550,100 +7552,100 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>548271</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>603358</x:v>
+        <x:v>503383</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -7652,114 +7654,114 @@
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>603364</x:v>
+        <x:v>548276</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>503383</x:v>
+        <x:v>603358</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -7768,114 +7770,114 @@
       <x:c r="K114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>548276</x:v>
+        <x:v>603364</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>548272</x:v>
+        <x:v>603370</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -7884,114 +7886,114 @@
       <x:c r="K116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>603352</x:v>
+        <x:v>548272</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>603370</x:v>
+        <x:v>603352</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8000,114 +8002,114 @@
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>603286</x:v>
+        <x:v>603287</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>603287</x:v>
+        <x:v>603286</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8535,159 +8537,159 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>603224</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>603145</x:v>
+        <x:v>503119</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>503119</x:v>
+        <x:v>603145</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37238</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -8812,54 +8814,54 @@
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>603163</x:v>
+        <x:v>548421</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -8928,54 +8930,54 @@
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>548421</x:v>
+        <x:v>603163</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>193</x:v>
       </x:c>