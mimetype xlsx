--- v0 (2026-03-16)
+++ v1 (2026-03-17)
@@ -215,203 +215,203 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expérimentation animale</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours électricité et maîtrise de l'énergie</x:t>
   </x:si>
   <x:si>
-    <x:t>Université de Toulon</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours diététique et nutrition</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'industrie : conception et amélioration de processus et procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Métrologie dimensionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique, chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention sciences pour l'ingénieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Génie industriel</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie biologique parcours biologie médicale et biotechnologie</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention mathématiques</x:t>
-[...5 lines deleted...]
-    <x:t>Génie industriel</x:t>
+    <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formulation mélange</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>licence mention sciences et technologies</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>13385</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>licence pro mention bio-industries et biotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse chimique</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
@@ -1214,96 +1214,96 @@
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours matériaux et produits formulés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention physique parcours physique et ses interactions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mathématiques parcours mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences pour l'ingénieur parcours instrumentation et sciences de la mesure</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention productions végétales parcours valorisation et commercialisation des ressources végétales à usage artisanal ou industriel</x:t>
   </x:si>
@@ -2422,153 +2422,153 @@
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>510673</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>35407</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>587823</x:v>
+        <x:v>587477</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>35407</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>587477</x:v>
+        <x:v>587823</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
@@ -2583,54 +2583,54 @@
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>587481</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35366</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -2816,51 +2816,51 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>592166</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24054</x:v>
@@ -2930,1966 +2930,1966 @@
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>592023</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>35367</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>12010</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>596694</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40113</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592384</x:v>
+        <x:v>592031</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38980</x:v>
+        <x:v>35367</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>31654</x:v>
+        <x:v>12010</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592031</x:v>
+        <x:v>596694</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38974</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592043</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>592383</x:v>
+        <x:v>592020</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592535</x:v>
+        <x:v>592043</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592171</x:v>
+        <x:v>592383</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39690</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592213</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591905</x:v>
+        <x:v>592171</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592536</x:v>
+        <x:v>592213</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592020</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>592531</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>592028</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>596690</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>592018</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>592346</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>592349</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35479</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>596775</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>592169</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>596700</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="P46" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="R46" s="14" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>592021</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>592024</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>592029</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>592017</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592022</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>592030</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>596774</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
@@ -4902,444 +4902,444 @@
         <x:v>79</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>595490</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35369</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>596693</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>592027</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>41277</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>606181</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>591906</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
@@ -5369,51 +5369,51 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>592532</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>11454</x:v>
@@ -5484,79 +5484,79 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>554858</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
@@ -5653,82 +5653,82 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>592282</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -5770,164 +5770,164 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>603399</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>581539</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>592212</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
@@ -6106,51 +6106,51 @@
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>546685</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>142</x:v>
@@ -6822,97 +6822,97 @@
       <x:c r="J88" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>594585</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>591940</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
@@ -7257,51 +7257,51 @@
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>500987</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
@@ -7435,51 +7435,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>494784</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -7901,57 +7901,57 @@
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>515643</x:v>
+        <x:v>547716</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>222</x:v>
@@ -7962,57 +7962,57 @@
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>547716</x:v>
+        <x:v>515643</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
@@ -8273,100 +8273,100 @@
       <x:c r="J114" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>597559</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>591942</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
@@ -9234,51 +9234,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>496452</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10035,51 +10035,51 @@
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>495201</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -10442,51 +10442,51 @@
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>509247</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -10906,51 +10906,51 @@
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>623289</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11074,51 +11074,51 @@
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>493638</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37850</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -11175,51 +11175,51 @@
       <x:c r="I166" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>597797</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
@@ -11497,82 +11497,82 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>605780</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>592044</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
@@ -11665,79 +11665,79 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>596692</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -11776,105 +11776,105 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592348</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
@@ -12307,51 +12307,51 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>514128</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
@@ -12364,79 +12364,79 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>596769</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39690</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>592211</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
@@ -12458,51 +12458,51 @@
       <x:c r="J188" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>35479</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
@@ -12512,51 +12512,51 @@
       <x:c r="I189" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>575553</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
@@ -12573,51 +12573,51 @@
       <x:c r="I190" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>554925</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
@@ -12630,51 +12630,51 @@
       <x:c r="I191" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>575543</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35496</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
@@ -12691,51 +12691,51 @@
       <x:c r="I192" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>509945</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
@@ -12751,1164 +12751,1165 @@
       <x:c r="I193" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>603813</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>35494</x:v>
+        <x:v>35373</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
-        <x:v>24</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>11523</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>454262</x:v>
+        <x:v>575544</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>35373</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
+      <x:c r="E195" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G195" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>575544</x:v>
+        <x:v>509933</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>509933</x:v>
+        <x:v>454262</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>575552</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>580928</x:v>
+        <x:v>574919</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>574918</x:v>
+        <x:v>574927</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>574923</x:v>
+        <x:v>574930</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>40115</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>574919</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>574927</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>388</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>574930</x:v>
+        <x:v>574917</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>575001</x:v>
+        <x:v>574922</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>576106</x:v>
+        <x:v>574918</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>40115</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>576109</x:v>
+        <x:v>574923</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>581546</x:v>
+        <x:v>580928</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>393</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>581547</x:v>
+        <x:v>576109</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>581552</x:v>
+        <x:v>581546</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>395</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>581561</x:v>
+        <x:v>581547</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>574917</x:v>
+        <x:v>581552</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>40115</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>574922</x:v>
+        <x:v>581561</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
@@ -14078,51 +14079,51 @@
       <x:c r="C216" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>575005</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
@@ -14135,51 +14136,51 @@
         <x:v>401</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>581345</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
@@ -14489,110 +14490,110 @@
       <x:c r="G223" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>575007</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>574915</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
@@ -14664,51 +14665,51 @@
       <x:c r="G226" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>574937</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
@@ -14837,51 +14838,51 @@
       <x:c r="G229" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>575006</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
@@ -14896,51 +14897,51 @@
       <x:c r="G230" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>576166</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
@@ -15128,51 +15129,51 @@
       <x:c r="G234" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>574906</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
@@ -15185,110 +15186,110 @@
       <x:c r="G235" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>574907</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>574916</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
@@ -15476,51 +15477,51 @@
       <x:c r="G240" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>576114</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
@@ -15559,51 +15560,51 @@
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>575004</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>35407</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -15649,51 +15650,51 @@
       <x:c r="G243" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>581344</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
@@ -15765,51 +15766,51 @@
       <x:c r="G245" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>576284</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">