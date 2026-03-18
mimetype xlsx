--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -275,89 +275,89 @@
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours innovation pour l'industrie</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences pour l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>Génie industriel</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention mécanique</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Mécanique théorique</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>13625</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie mécanique et productique parcours conception et production durables</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA gestion et maîtrise de l'eau (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement eau</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
@@ -485,72 +485,72 @@
   <x:si>
     <x:t>Mécanique précision</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Jean Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS conception des processus de réalisation de produits option B : production sérielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS conception des produits industriels (Apprentissage)</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>BTS conception des processus de réalisation de produits option B : production sérielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de projet en ingénierie numérique dans l'industrie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>BTS architectures en métal : conception et réalisation</x:t>
   </x:si>
@@ -2041,57 +2041,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>556140</x:v>
+        <x:v>602546</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -2101,57 +2101,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>602546</x:v>
+        <x:v>556140</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2283,526 +2283,526 @@
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592031</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38977</x:v>
+        <x:v>38980</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I13" s="4" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>23554</x:v>
+        <x:v>31654</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="P13" s="0" t="s">
+      <x:c r="Q13" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
-      <x:c r="Q13" s="4" t="s">
+      <x:c r="R13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="R13" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>592027</x:v>
+        <x:v>592030</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>38980</x:v>
+        <x:v>35463</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>31654</x:v>
+        <x:v>23054</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>592029</x:v>
+        <x:v>596735</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>35463</x:v>
+        <x:v>38977</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I15" s="4" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>23054</x:v>
+        <x:v>23554</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>596735</x:v>
+        <x:v>592027</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>592030</x:v>
+        <x:v>592029</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I17" s="4" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="P17" s="0" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>592024</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>592032</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>596733</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>596737</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>592028</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
@@ -3193,51 +3193,51 @@
       <x:c r="T28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -3252,51 +3252,51 @@
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -3309,51 +3309,51 @@
       <x:c r="T30" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -3642,57 +3642,57 @@
       <x:c r="K36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>605690</x:v>
+        <x:v>550243</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -3702,57 +3702,57 @@
       <x:c r="K37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>550243</x:v>
+        <x:v>605690</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38743</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -3938,579 +3938,579 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>595861</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>37374</x:v>
+        <x:v>37464</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>31606</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="R42" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="S42" s="14" t="n">
+        <x:v>550237</x:v>
+      </x:c>
+      <x:c r="T42" s="16" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="U42" s="16" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>550237</x:v>
+        <x:v>602213</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>37464</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I44" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31652</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>602213</x:v>
+        <x:v>515631</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>515633</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I46" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>547694</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>547695</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>550240</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>515634</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I50" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>604341</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -4520,57 +4520,57 @@
       <x:c r="H51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>500982</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -4581,359 +4581,359 @@
       <x:c r="H52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>605763</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>605687</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>500986</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I55" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>617435</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I56" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>547693</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I57" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>547752</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>36191</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
@@ -5028,205 +5028,205 @@
         <x:v>593230</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I60" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>611243</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H61" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I61" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>515637</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I62" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>547698</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5253,167 +5253,167 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>594225</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>493128</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>602255</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -5430,64 +5430,64 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>605767</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -6321,51 +6321,51 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>595870</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>41</x:v>
@@ -6381,51 +6381,51 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>550239</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
@@ -6442,51 +6442,51 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>605686</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>41</x:v>
@@ -6502,51 +6502,51 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>500984</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -6563,51 +6563,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>550238</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>41</x:v>
@@ -6623,51 +6623,51 @@
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>500985</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -7209,111 +7209,111 @@
       <x:c r="K98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>572449</x:v>
+        <x:v>588517</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>588517</x:v>
+        <x:v>572449</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -7401,1396 +7401,1396 @@
       <x:c r="T101" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>581443</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>581444</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>491056</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>491843</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>511581</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38218</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>540902</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>540864</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H109" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I109" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q109" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>541905</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I110" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q110" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q110" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>509255</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H111" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I111" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q111" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q111" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>568809</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I112" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q112" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>609806</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H113" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I113" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q113" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>615514</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H114" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I114" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q114" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>615508</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H115" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I115" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q115" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>597742</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I116" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q116" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q116" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>572447</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I117" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q117" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q117" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>541914</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H118" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I118" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q118" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q118" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>543645</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37495</x:v>
+        <x:v>39380</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H119" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I119" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="H119" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>22411</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q119" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q119" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>513337</x:v>
+        <x:v>540869</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I120" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q120" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q120" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>509245</x:v>
+        <x:v>541906</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>39380</x:v>
+        <x:v>37495</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I121" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="H121" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>31606</x:v>
+        <x:v>22411</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q121" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q121" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>540869</x:v>
+        <x:v>513337</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I122" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q122" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q122" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>541906</x:v>
+        <x:v>509245</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H123" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I123" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q123" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q123" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>572446</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I124" s="16" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q124" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q124" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>509244</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H125" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="I125" s="4" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="Q125" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="Q125" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>585580</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -8865,51 +8865,51 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>600728</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -10090,51 +10090,51 @@
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31684</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>587089</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
@@ -10183,51 +10183,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>601005</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>41</x:v>
@@ -10243,51 +10243,51 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>558857</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
@@ -10546,51 +10546,51 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>605837</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
@@ -10644,51 +10644,51 @@
       <x:c r="I160" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>554927</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
@@ -10704,51 +10704,51 @@
       <x:c r="I161" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>509934</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
@@ -10765,51 +10765,51 @@
       <x:c r="I162" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>453849</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35467</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
@@ -10825,51 +10825,51 @@
       <x:c r="I163" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>509935</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
@@ -10886,51 +10886,51 @@
       <x:c r="I164" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>453850</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35463</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
@@ -10946,51 +10946,51 @@
       <x:c r="I165" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>603839</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38977</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
@@ -10999,60 +10999,60 @@
       <x:c r="G166" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>574999</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -11065,51 +11065,51 @@
       <x:c r="J167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>575006</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
@@ -11124,51 +11124,51 @@
       <x:c r="J168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>575007</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -11181,51 +11181,51 @@
       <x:c r="J169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>576166</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38980</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
@@ -11240,51 +11240,51 @@
       <x:c r="J170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>580928</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>35466</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -11430,51 +11430,51 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>575968</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">