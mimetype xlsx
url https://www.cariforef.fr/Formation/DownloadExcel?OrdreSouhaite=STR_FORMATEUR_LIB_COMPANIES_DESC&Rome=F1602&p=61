--- v0 (2026-03-17)
+++ v1 (2026-03-18)
@@ -371,56 +371,56 @@
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban|Mblp Sécurité - Salamandre Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83136</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B2 chargé de travaux électriques, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP), 2e année option informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
@@ -836,62 +836,62 @@
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Mistral</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel électricien d'équipement du bâtiment (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée du Val d'Argens</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
@@ -1307,56 +1307,56 @@
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel électricien d'équipement du bâtiment (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filière entreprise - CFA - Antenne Gap - Ecole de la Deuxième Chance des Hautes Alpes</x:t>
   </x:si>
   <x:si>
+    <x:t>12/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/03/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2027 00:00:00</x:t>
@@ -1379,77 +1379,77 @@
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques B0 - H0v</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Actimmis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES MILLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitations électriques B0 - H0v</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Electricien d'équipement du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
@@ -1469,101 +1469,101 @@
   <x:si>
     <x:t>05/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien électricien du bâtiment communicant et connecté, C1</x:t>
   </x:si>
   <x:si>
-    <x:t>07/29/2027 00:00:00</x:t>
-[...14 lines deleted...]
-    <x:t>06/23/2027 00:00:00</x:t>
+    <x:t>10/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/05/2027 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel électricien d'équipement du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Afforma</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adrh Management</x:t>
@@ -1613,59 +1613,59 @@
   <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien B0 - BP - BS - BE - B1 - B1V - B2 - B2V - BC - BR - BE Essai - H0 - H0V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien B0 - BP - BS - BE - B1 - B1V - B2 - B2V - BC - BR - BE Essai - H0 - H0V + Habilitation électrique BC chargé de consignation, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/03/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien d’installation et de maintenance de systèmes énergétiques spécialisé en énergies renouvelables (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Pompe à chaleur</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
@@ -1898,56 +1898,56 @@
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques H0 - B0 - H0V</x:t>
   </x:si>
   <x:si>
     <x:t>LB Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>1. Habilitation électrique : Opérations d'ordre non électrique B0-H0-H0V exécutant et/ou chargé de chantier</x:t>
   </x:si>
   <x:si>
+    <x:t>BAC PRO MELEC - Métiers de l'Electricité et de ses Environnements Connectés</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre Professionnel Electricien d'équipement du bâtiment (TP EEB)</x:t>
   </x:si>
   <x:si>
-    <x:t>BAC PRO MELEC - Métiers de l'Electricité et de ses Environnements Connectés</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3. Habilitation électrique : Recyclage du personnel Opérations d'ordre non électrique B0-H0-H0V exécutant et/ou chargé de chantier</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
@@ -1955,59 +1955,59 @@
   <x:si>
     <x:t>Titre Professionnel Technicien d'installation et de maintenance de piscines</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Technicien d'équipement et d'exploitation en électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Electricien</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/28/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option B : Energie thermique (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>[Revit] Electricité - FBIM - 5 jours</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Tm - Fbim</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien intégrateur des infrastructures et équipements connectés (Apprentissage)</x:t>
@@ -2132,72 +2132,72 @@
   <x:si>
     <x:t>Eclipse - Istec</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques HO - BO - HOV recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Coralie Soscia</x:t>
   </x:si>
   <x:si>
     <x:t>13240</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques B0 - H0V - BE - BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Convergence Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitations électriques BR - BC - B1 - B2</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concept Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1 - B2 - BR - BC - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Henri Boudon</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
@@ -3784,164 +3784,164 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>507321</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>609583</x:v>
+        <x:v>556826</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>609585</x:v>
+        <x:v>609583</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -3951,57 +3951,57 @@
       <x:c r="K21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>556826</x:v>
+        <x:v>609585</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>64</x:v>
@@ -4147,100 +4147,100 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>556784</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>507315</x:v>
+        <x:v>455398</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>63</x:v>
@@ -4254,57 +4254,57 @@
       <x:c r="K26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>609475</x:v>
+        <x:v>507315</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -4314,118 +4314,118 @@
       <x:c r="K27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>556785</x:v>
+        <x:v>609475</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>455398</x:v>
+        <x:v>556785</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>48</x:v>
@@ -4696,51 +4696,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>605418</x:v>
+        <x:v>605419</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>25</x:v>
@@ -4748,51 +4748,51 @@
       <x:c r="K35" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>605419</x:v>
+        <x:v>605418</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>93</x:v>
@@ -5491,139 +5491,139 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>592897</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>592905</x:v>
+        <x:v>592959</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>592959</x:v>
+        <x:v>592905</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>124</x:v>
@@ -11045,275 +11045,273 @@
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>592954</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="C153" s="3" t="n">
+        <x:v>38878</x:v>
+      </x:c>
+      <x:c r="D153" s="3" t="s"/>
+      <x:c r="G153" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C153" s="3" t="n">
-[...11 lines deleted...]
-      </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q153" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="Q153" s="4" t="s">
+      <x:c r="R153" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="R153" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>565212</x:v>
+        <x:v>597525</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>37442</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="I154" s="16" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="J154" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="K154" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="L154" s="14" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="M154" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N154" s="15" t="n">
+        <x:v>22211</x:v>
+      </x:c>
+      <x:c r="O154" s="14" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="P154" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q154" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="H154" s="14" t="s"/>
-      <x:c r="I154" s="16" t="s">
+      <x:c r="R154" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="J154" s="14" t="s">
-[...25 lines deleted...]
-      </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>597525</x:v>
+        <x:v>565212</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q155" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="Q155" s="4" t="s">
+      <x:c r="R155" s="0" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>611063</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="Q156" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="Q156" s="16" t="s">
+      <x:c r="R156" s="14" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>258</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>611062</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -12347,51 +12345,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24095</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>610430</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="G176" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -12601,51 +12599,51 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>604295</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
@@ -12662,51 +12660,51 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>567910</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
@@ -12783,51 +12781,51 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>567844</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
@@ -13025,51 +13023,51 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>604294</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
@@ -13208,51 +13206,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>604296</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13267,51 +13265,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>495922</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
@@ -13324,51 +13322,51 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>544842</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13383,51 +13381,51 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>495919</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
@@ -15591,54 +15589,54 @@
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>580685</x:v>
+        <x:v>591810</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>410</x:v>
@@ -15652,54 +15650,54 @@
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>591810</x:v>
+        <x:v>580685</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
@@ -16257,51 +16255,51 @@
       <x:c r="K246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>585103</x:v>
+        <x:v>585104</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
@@ -16370,51 +16368,51 @@
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>585104</x:v>
+        <x:v>585103</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
@@ -16557,51 +16555,51 @@
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>580686</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
@@ -17073,51 +17071,51 @@
       <x:c r="L260" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>571626</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -17308,95 +17306,100 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>611979</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>466</x:v>
-[...1 lines deleted...]
-      <x:c r="C265" s="3" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C265" s="3" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
+      <x:c r="J265" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>586068</x:v>
+        <x:v>623362</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
@@ -17405,346 +17408,337 @@
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>575507</x:v>
+        <x:v>581835</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>581835</x:v>
+        <x:v>540433</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>540433</x:v>
+        <x:v>575506</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>575506</x:v>
+        <x:v>575507</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="J270" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>571625</x:v>
+        <x:v>586068</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="J271" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>623362</x:v>
+        <x:v>623363</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
@@ -17753,108 +17747,108 @@
       <x:c r="K272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>524897</x:v>
+        <x:v>513280</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>581834</x:v>
+        <x:v>571629</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
@@ -17869,912 +17863,917 @@
       <x:c r="K274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>513280</x:v>
+        <x:v>524897</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>571629</x:v>
+        <x:v>581834</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>456</x:v>
-[...1 lines deleted...]
-      <x:c r="C276" s="15" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C276" s="15" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="J276" s="14" t="s"/>
+      <x:c r="J276" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>623363</x:v>
+        <x:v>571625</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="U276" s="16" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>585638</x:v>
+        <x:v>570918</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>327</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
-      <x:c r="E278" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E278" s="14" t="s"/>
+      <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>332</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>612399</x:v>
+        <x:v>585770</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>456</x:v>
-[...1 lines deleted...]
-      <x:c r="C279" s="3" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C279" s="3" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
+      <x:c r="J279" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>623350</x:v>
+        <x:v>569502</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>420</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
-      <x:c r="E280" s="14" t="s"/>
-      <x:c r="F280" s="14" t="s"/>
+      <x:c r="E280" s="14" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F280" s="14" t="s">
+        <x:v>329</x:v>
+      </x:c>
       <x:c r="G280" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>575425</x:v>
+        <x:v>612399</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="J281" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>569502</x:v>
+        <x:v>623350</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>466</x:v>
-[...1 lines deleted...]
-      <x:c r="C282" s="15" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C282" s="15" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="J282" s="14" t="s"/>
+      <x:c r="J282" s="14" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>585770</x:v>
+        <x:v>575425</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>570918</x:v>
+        <x:v>585638</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>448</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="J284" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>22211</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>552751</x:v>
+        <x:v>611976</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>581828</x:v>
+        <x:v>623349</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>598057</x:v>
+        <x:v>585637</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>456</x:v>
-[...1 lines deleted...]
-      <x:c r="C287" s="3" t="s"/>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="C287" s="3" t="n">
+        <x:v>37442</x:v>
+      </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
+      <x:c r="J287" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>611976</x:v>
+        <x:v>529535</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>623349</x:v>
+        <x:v>552751</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>474</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>475</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>585637</x:v>
+        <x:v>581828</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
@@ -18783,57 +18782,57 @@
       <x:c r="K290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>529535</x:v>
+        <x:v>598057</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -18843,51 +18842,51 @@
       <x:c r="L291" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>571545</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
@@ -18962,51 +18961,51 @@
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>524799</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
@@ -19018,54 +19017,54 @@
       <x:c r="L294" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>570921</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>48</x:v>
@@ -19133,51 +19132,51 @@
       <x:c r="L296" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>583799</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -19190,54 +19189,54 @@
       <x:c r="L297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>581827</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="G298" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
@@ -19429,51 +19428,51 @@
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>513068</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
@@ -19482,114 +19481,114 @@
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>570920</x:v>
+        <x:v>539846</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>539846</x:v>
+        <x:v>570920</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>471</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
@@ -19756,54 +19755,54 @@
       <x:c r="L307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>607600</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>441</x:v>
@@ -20837,734 +20836,734 @@
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>597857</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>597952</x:v>
+        <x:v>597831</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>494</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>499</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>597958</x:v>
+        <x:v>597834</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>597961</x:v>
+        <x:v>597850</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>597831</x:v>
+        <x:v>597853</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>597834</x:v>
+        <x:v>597860</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>503</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>597850</x:v>
+        <x:v>597953</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>597853</x:v>
+        <x:v>597959</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>597953</x:v>
+        <x:v>597962</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>597959</x:v>
+        <x:v>597966</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>511</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>497</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>597962</x:v>
+        <x:v>597952</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>597966</x:v>
+        <x:v>597958</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>597832</x:v>
+        <x:v>597961</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>500</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>597851</x:v>
+        <x:v>597832</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>25</x:v>
@@ -21572,57 +21571,57 @@
       <x:c r="K341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>597860</x:v>
+        <x:v>597851</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>517</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>26</x:v>
@@ -21792,51 +21791,51 @@
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>597955</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>26</x:v>
@@ -21847,51 +21846,51 @@
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>597965</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>48</x:v>
@@ -21899,51 +21898,51 @@
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>597967</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>67</x:v>
@@ -22316,51 +22315,51 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>617348</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>88</x:v>
@@ -22749,51 +22748,51 @@
       <x:c r="L362" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>617511</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -25907,51 +25906,51 @@
       <x:c r="L419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>583834</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -25978,156 +25977,156 @@
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>610932</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>37442</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>22211</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>579815</x:v>
+        <x:v>613004</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>426</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>37442</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>22211</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>613004</x:v>
+        <x:v>579815</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
-        <x:v>426</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>26</x:v>
@@ -26146,110 +26145,110 @@
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>614258</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>606204</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>48</x:v>
@@ -26322,51 +26321,51 @@
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>614256</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
@@ -26419,68 +26418,68 @@
       <x:c r="J428" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>606218</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>28</x:v>
@@ -26588,68 +26587,68 @@
       <x:c r="J431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>606221</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -26710,68 +26709,68 @@
       <x:c r="J433" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>583800</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I434" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
@@ -26788,51 +26787,51 @@
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>617507</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H435" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>28</x:v>
@@ -26908,51 +26907,51 @@
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>579666</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>22499</x:v>
@@ -26962,51 +26961,51 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>540889</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
@@ -27082,51 +27081,51 @@
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>579673</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>618</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>28</x:v>
@@ -27139,51 +27138,51 @@
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>543691</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>22499</x:v>
@@ -27483,51 +27482,51 @@
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>557439</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>28</x:v>
@@ -27725,51 +27724,51 @@
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>612400</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>28</x:v>
@@ -27782,51 +27781,51 @@
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>473402</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -27841,162 +27840,160 @@
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
         <x:v>541918</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
-        <x:v>37442</x:v>
+        <x:v>37446</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
-      <x:c r="E453" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G453" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>579670</x:v>
+        <x:v>580606</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="U453" s="4" t="s">
         <x:v>628</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>629</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>621</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
-        <x:v>37446</x:v>
+        <x:v>37442</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
-      <x:c r="E454" s="14" t="s"/>
-      <x:c r="F454" s="14" t="s"/>
+      <x:c r="E454" s="14" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F454" s="14" t="s">
+        <x:v>329</x:v>
+      </x:c>
       <x:c r="G454" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="I454" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>580606</x:v>
+        <x:v>579670</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>630</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -28197,51 +28194,51 @@
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>583833</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>22499</x:v>
@@ -28251,51 +28248,51 @@
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
         <x:v>616126</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>28</x:v>
@@ -28308,51 +28305,51 @@
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
         <x:v>517898</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>22499</x:v>
@@ -28362,51 +28359,51 @@
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>572005</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>28</x:v>
@@ -28419,51 +28416,51 @@
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
         <x:v>540866</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>22211</x:v>
@@ -28473,51 +28470,51 @@
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>608332</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>633</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>28</x:v>
@@ -28752,51 +28749,51 @@
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>557474</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>22499</x:v>
@@ -28863,51 +28860,51 @@
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>493586</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>22499</x:v>
@@ -28974,51 +28971,51 @@
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>543719</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>22499</x:v>
@@ -29085,51 +29082,51 @@
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>543643</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>22499</x:v>
@@ -29139,51 +29136,51 @@
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>540886</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>28</x:v>
@@ -29196,51 +29193,51 @@
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>597590</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>22499</x:v>
@@ -29307,97 +29304,97 @@
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>557469</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>22211</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>572796</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -29418,51 +29415,51 @@
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>557470</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>22499</x:v>
@@ -29533,208 +29530,208 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>583755</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>540883</x:v>
+        <x:v>493585</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>557471</x:v>
+        <x:v>540883</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>493585</x:v>
+        <x:v>557471</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -30125,164 +30122,164 @@
       <x:c r="K493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>584572</x:v>
+        <x:v>584575</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>645</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>507</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>584575</x:v>
+        <x:v>584578</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>507</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>584578</x:v>
+        <x:v>584572</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>26</x:v>
@@ -30452,51 +30449,51 @@
       <x:c r="M499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>584571</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>26</x:v>
@@ -30507,51 +30504,51 @@
       <x:c r="M500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>584574</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>630</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>48</x:v>
@@ -30809,225 +30806,225 @@
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>451215</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>550199</x:v>
+        <x:v>550276</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="E507" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>501026</x:v>
+        <x:v>550199</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>550276</x:v>
+        <x:v>605631</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="E509" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G509" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -31037,57 +31034,57 @@
       <x:c r="K509" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>605631</x:v>
+        <x:v>605632</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>167</x:v>
@@ -31098,117 +31095,117 @@
       <x:c r="K510" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>605632</x:v>
+        <x:v>500930</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>500930</x:v>
+        <x:v>501026</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -31278,241 +31275,241 @@
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>592906</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>592956</x:v>
+        <x:v>594205</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>592972</x:v>
+        <x:v>592891</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>594205</x:v>
+        <x:v>592956</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>592891</x:v>
+        <x:v>592972</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>660</x:v>
@@ -31644,51 +31641,51 @@
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>620911</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>28</x:v>
@@ -31701,51 +31698,51 @@
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>557527</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -31760,51 +31757,51 @@
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>602101</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>28</x:v>
@@ -31817,51 +31814,51 @@
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>602099</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s"/>
       <x:c r="I524" s="16" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -31876,51 +31873,51 @@
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>602100</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37442</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>28</x:v>
@@ -32351,219 +32348,219 @@
       <x:c r="K533" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L533" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M533" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N533" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O533" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P533" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q533" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R533" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S533" s="0" t="n">
-        <x:v>587289</x:v>
+        <x:v>599544</x:v>
       </x:c>
       <x:c r="T533" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U533" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>689</x:v>
       </x:c>
     </x:row>
     <x:row r="534" spans="1:21">
       <x:c r="A534" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B534" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C534" s="15" t="s"/>
       <x:c r="D534" s="15" t="s"/>
       <x:c r="E534" s="14" t="s"/>
       <x:c r="F534" s="14" t="s"/>
       <x:c r="G534" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H534" s="14" t="s"/>
       <x:c r="I534" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="J534" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K534" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L534" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M534" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N534" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O534" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P534" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q534" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R534" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S534" s="14" t="n">
-        <x:v>599544</x:v>
+        <x:v>599546</x:v>
       </x:c>
       <x:c r="T534" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U534" s="16" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
     </x:row>
     <x:row r="535" spans="1:21">
       <x:c r="A535" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B535" s="0" t="s">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C535" s="3" t="s"/>
       <x:c r="D535" s="3" t="s"/>
       <x:c r="G535" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I535" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="J535" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K535" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L535" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M535" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N535" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O535" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P535" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q535" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R535" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S535" s="0" t="n">
-        <x:v>599546</x:v>
+        <x:v>599548</x:v>
       </x:c>
       <x:c r="T535" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="U535" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="536" spans="1:21">
       <x:c r="A536" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B536" s="14" t="s">
-        <x:v>689</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C536" s="15" t="s"/>
       <x:c r="D536" s="15" t="s"/>
       <x:c r="E536" s="14" t="s"/>
       <x:c r="F536" s="14" t="s"/>
       <x:c r="G536" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="H536" s="14" t="s"/>
       <x:c r="I536" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="J536" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K536" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>599548</x:v>
+        <x:v>587289</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>694</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="C537" s="3" t="s"/>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>48</x:v>
@@ -32571,51 +32568,51 @@
       <x:c r="M537" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
         <x:v>598204</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C538" s="15" t="s"/>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>696</x:v>
@@ -32675,54 +32672,54 @@
       <x:c r="L539" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>598190</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>696</x:v>
@@ -32845,57 +32842,57 @@
       <x:c r="K542" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>552861</x:v>
+        <x:v>604231</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H543" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
@@ -32905,57 +32902,57 @@
       <x:c r="K543" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>604231</x:v>
+        <x:v>552861</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I544" s="16" t="s">
         <x:v>703</x:v>
@@ -33553,438 +33550,438 @@
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I554" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>552727</x:v>
+        <x:v>607554</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G555" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H555" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
-        <x:v>607522</x:v>
+        <x:v>607553</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I556" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>607554</x:v>
+        <x:v>552727</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H557" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>607553</x:v>
+        <x:v>552692</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I558" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>552692</x:v>
+        <x:v>552769</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H559" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>552769</x:v>
+        <x:v>607522</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I560" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>501884</x:v>
+        <x:v>501938</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>25353</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H561" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
@@ -34008,225 +34005,225 @@
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>448547</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I562" s="16" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>501938</x:v>
+        <x:v>501884</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>37291</x:v>
+        <x:v>39223</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H563" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>15417</x:v>
+        <x:v>22675</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>551896</x:v>
+        <x:v>601014</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>619</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
-        <x:v>519</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
-        <x:v>39223</x:v>
+        <x:v>37291</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I564" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
-        <x:v>22675</x:v>
+        <x:v>15417</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
-        <x:v>522</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>601014</x:v>
+        <x:v>551896</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>39223</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="E565" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H565" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -35403,463 +35400,463 @@
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>547069</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
-        <x:v>25353</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>452330</x:v>
+        <x:v>602686</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I586" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>602686</x:v>
+        <x:v>547099</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>547099</x:v>
+        <x:v>452330</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>602689</x:v>
+        <x:v>498668</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H589" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>547067</x:v>
+        <x:v>498712</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I590" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>498716</x:v>
+        <x:v>602689</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H591" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>498668</x:v>
+        <x:v>547067</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
@@ -35925,176 +35922,176 @@
       <x:c r="J593" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>498712</x:v>
+        <x:v>498716</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>603951</x:v>
+        <x:v>604012</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
-        <x:v>39297</x:v>
+        <x:v>38878</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="E595" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
-        <x:v>24147</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>604012</x:v>
+        <x:v>603944</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
@@ -36103,230 +36100,230 @@
       <x:c r="K596" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
-        <x:v>603944</x:v>
+        <x:v>603945</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
-        <x:v>38878</x:v>
+        <x:v>25353</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>603945</x:v>
+        <x:v>449001</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
-        <x:v>25353</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>449001</x:v>
+        <x:v>548313</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="E599" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>548313</x:v>
+        <x:v>503526</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s"/>
       <x:c r="I600" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
@@ -36335,173 +36332,173 @@
       <x:c r="K600" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>503526</x:v>
+        <x:v>548320</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>39297</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24147</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
-        <x:v>548320</x:v>
+        <x:v>548343</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
-        <x:v>39297</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
-        <x:v>24147</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>548343</x:v>
+        <x:v>603951</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>38878</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -37436,57 +37433,57 @@
       <x:c r="K619" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>604036</x:v>
+        <x:v>548363</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>39297</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
@@ -37552,57 +37549,57 @@
       <x:c r="K621" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>548363</x:v>
+        <x:v>604036</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
@@ -37727,173 +37724,173 @@
       <x:c r="K624" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>548260</x:v>
+        <x:v>503322</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>503322</x:v>
+        <x:v>503373</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>503373</x:v>
+        <x:v>548260</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -38075,54 +38072,54 @@
       <x:c r="K630" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>603268</x:v>
+        <x:v>548227</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="E631" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
@@ -38132,54 +38129,54 @@
       <x:c r="K631" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>548227</x:v>
+        <x:v>603268</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
@@ -38248,57 +38245,57 @@
       <x:c r="K633" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>603265</x:v>
+        <x:v>503691</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
@@ -38307,57 +38304,57 @@
       <x:c r="K634" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>503691</x:v>
+        <x:v>603265</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -38539,114 +38536,114 @@
       <x:c r="K638" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>603183</x:v>
+        <x:v>503223</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>603194</x:v>
+        <x:v>603183</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
@@ -38655,54 +38652,54 @@
       <x:c r="K640" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>548201</x:v>
+        <x:v>603194</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
@@ -38712,116 +38709,116 @@
       <x:c r="K641" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>548200</x:v>
+        <x:v>548201</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>503223</x:v>
+        <x:v>548200</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>46</x:v>
       </x:c>