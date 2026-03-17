--- v2 (2026-03-17)
+++ v3 (2026-03-17)
@@ -209,77 +209,77 @@
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WooCommerce avec WordPress Paiements et abonnements récurrents</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Community Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau social</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WooCommerce avec WordPress Vente de produits numériques et contenus</x:t>
   </x:si>
   <x:si>
+    <x:t>WordPress Développement de thèmes personnalisés (HTML/CSS/JS/PHP)</x:t>
+  </x:si>
+  <x:si>
     <x:t>WooCommerce avec WordPress Créer une marketplace multivendeur</x:t>
   </x:si>
   <x:si>
-    <x:t>WordPress Développement de thèmes personnalisés (HTML/CSS/JS/PHP)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Illustrator - Maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Illustrator</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>WordPress - Intégration d’outils d’IA</x:t>
+  </x:si>
+  <x:si>
     <x:t>Affinity photo</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>WordPress - Intégration d’outils d’IA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Symfony - Développement web moderne</x:t>
   </x:si>
   <x:si>
     <x:t>Framework Symfony</x:t>
   </x:si>
   <x:si>
     <x:t>Cycle Professionnel Community Management</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
@@ -398,59 +398,59 @@
   <x:si>
     <x:t>Création entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Technologie internet intranet</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
@@ -551,59 +551,59 @@
   <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie réseaux sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Social Media lab</x:t>
   </x:si>
   <x:si>
     <x:t>83150</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BANDOL</x:t>
   </x:si>
   <x:si>
     <x:t>01/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/20/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apple foundation program</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Site web adaptatif</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co|Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
@@ -1121,158 +1121,158 @@
   <x:si>
     <x:t>BORMES-LES-MIMOSAS</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>SALERNES</x:t>
   </x:si>
   <x:si>
     <x:t>SIGNES</x:t>
   </x:si>
   <x:si>
     <x:t>TAVERNES</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
   <x:si>
-    <x:t>MEYREUIL</x:t>
+    <x:t>FOS-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA LONDE-LES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-MARTIN-DE-CRAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TALLARD</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>FOS-SUR-MER</x:t>
-[...20 lines deleted...]
-    <x:t>TALLARD</x:t>
+    <x:t>VIDAUBAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>CUERS</x:t>
   </x:si>
   <x:si>
-    <x:t>VIDAUBAN</x:t>
-[...5 lines deleted...]
-    <x:t>VITROLLES</x:t>
+    <x:t>PEROLS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIANS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>PEROLS</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Créer et réaliser une charte graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Illustrator initiation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lightroom - Pefectionnement</x:t>
+  </x:si>
+  <x:si>
     <x:t>Web Marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Ecrire, filmer, monter une vidéo avec son smartphone</x:t>
   </x:si>
   <x:si>
     <x:t>Documentation audiovisuelle et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lightroom - Pefectionnement</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Concevoir une proposition graphique et une identité visuelle</x:t>
+  </x:si>
+  <x:si>
     <x:t>Prestashop administrateur</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Prestashop</x:t>
   </x:si>
   <x:si>
-    <x:t>Concevoir une proposition graphique et une identité visuelle</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress perfectionnement - Customisation de thèmes</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress rédacteur</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
@@ -1391,56 +1391,56 @@
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Illustrator - Niveau 2 - Intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Réseaux sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Conception designer UI - module 3</x:t>
   </x:si>
   <x:si>
     <x:t>Illustrator - Niveaux 1 et 2 - Initiation et intermédiaire</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie et mise en page - module 3</x:t>
   </x:si>
   <x:si>
+    <x:t>Infographie et mise en page - module 2</x:t>
+  </x:si>
+  <x:si>
     <x:t>Conception designer UI - module 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Infographie et mise en page - module 2</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chargé de marketing et communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor européen Développeur Web</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
@@ -1457,59 +1457,59 @@
   <x:si>
     <x:t>Institut de Formation et d'Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>IFI</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>E-réputation</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable marketing digital stratégique et opérationnel (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable marketing digital stratégique et opérationnel (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet e-commerce (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Services numériques aux organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement commercial et marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
@@ -1832,87 +1832,87 @@
   <x:si>
     <x:t>Application réseau social</x:t>
   </x:si>
   <x:si>
     <x:t>Prestashop : webmasters</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Com de Pépites</x:t>
   </x:si>
   <x:si>
     <x:t>13260</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CASSIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Gestion des réseaux sociaux et e-réputation : débutant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-LAURENT-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Créer un site web rapidement et facilement</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Conception site web</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINT-LAURENT-DU-VAR</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gestion des réseaux sociaux et e-réputation : débutant</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer du contenu percutant</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
@@ -2980,107 +2980,107 @@
       <x:c r="I7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>616403</x:v>
+        <x:v>616610</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>616610</x:v>
+        <x:v>616403</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>35</x:v>
@@ -3152,202 +3152,202 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>612662</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>70707</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>606821</x:v>
+        <x:v>616611</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>616611</x:v>
+        <x:v>616612</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>70707</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>616612</x:v>
+        <x:v>606821</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
@@ -3458,51 +3458,51 @@
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>616407</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
@@ -3662,89 +3662,89 @@
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>612663</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>606816</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
@@ -4594,222 +4594,222 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>454251</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>35354</x:v>
+        <x:v>35501</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>556143</x:v>
+        <x:v>602557</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>109</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35501</x:v>
+        <x:v>35500</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>602557</x:v>
+        <x:v>602561</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>35500</x:v>
+        <x:v>35354</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>24223</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>602561</x:v>
+        <x:v>556143</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -4825,51 +4825,51 @@
       <x:c r="L41" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>556124</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>90</x:v>
@@ -4886,51 +4886,51 @@
       <x:c r="L42" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>556135</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5329,51 +5329,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>554891</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -5389,54 +5389,54 @@
       <x:c r="L51" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>554893</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>91</x:v>
@@ -5447,57 +5447,57 @@
       <x:c r="K52" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>603438</x:v>
+        <x:v>554817</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -5507,57 +5507,57 @@
       <x:c r="K53" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>603439</x:v>
+        <x:v>603438</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>91</x:v>
@@ -5568,54 +5568,54 @@
       <x:c r="K54" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>554817</x:v>
+        <x:v>603439</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -5692,54 +5692,54 @@
       <x:c r="L56" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>554895</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -5752,51 +5752,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>554894</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -5993,51 +5993,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>603437</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -6306,107 +6306,107 @@
       <x:c r="K67" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>617180</x:v>
+        <x:v>617182</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>617182</x:v>
+        <x:v>617180</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>93</x:v>
@@ -6467,51 +6467,51 @@
       <x:c r="M70" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>618776</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
@@ -7389,51 +7389,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>514604</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>24815</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -7443,51 +7443,51 @@
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>509773</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
@@ -8579,51 +8579,51 @@
       <x:c r="L110" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>571053</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -8695,114 +8695,114 @@
       <x:c r="K112" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>555289</x:v>
+        <x:v>607314</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>607314</x:v>
+        <x:v>555289</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
@@ -8871,51 +8871,51 @@
       <x:c r="L115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>555287</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
@@ -9176,51 +9176,51 @@
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595126</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
@@ -12432,121 +12432,121 @@
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>620895</x:v>
+        <x:v>620548</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>620548</x:v>
+        <x:v>620553</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -12554,106 +12554,106 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>620553</x:v>
+        <x:v>620556</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>620556</x:v>
+        <x:v>620573</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -12661,427 +12661,427 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>620573</x:v>
+        <x:v>620578</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>620578</x:v>
+        <x:v>620895</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>620561</x:v>
+        <x:v>622236</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>620891</x:v>
+        <x:v>622243</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>613949</x:v>
+        <x:v>622254</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>613956</x:v>
+        <x:v>622259</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>613969</x:v>
+        <x:v>622267</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>622236</x:v>
+        <x:v>622279</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -13089,748 +13089,748 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>622243</x:v>
+        <x:v>622298</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>622254</x:v>
+        <x:v>622302</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>622259</x:v>
+        <x:v>622309</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>622267</x:v>
+        <x:v>622313</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>622279</x:v>
+        <x:v>622318</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>622298</x:v>
+        <x:v>620561</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>622302</x:v>
+        <x:v>620568</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>622309</x:v>
+        <x:v>620575</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>622313</x:v>
+        <x:v>620891</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>622318</x:v>
+        <x:v>613949</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>621068</x:v>
+        <x:v>613956</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>620568</x:v>
+        <x:v>613969</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s"/>
       <x:c r="K206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>620575</x:v>
+        <x:v>620550</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>620550</x:v>
+        <x:v>620558</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -13838,106 +13838,106 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s"/>
       <x:c r="K208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>620558</x:v>
+        <x:v>620567</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>620567</x:v>
+        <x:v>620569</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -13945,106 +13945,106 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>620569</x:v>
+        <x:v>620576</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>620576</x:v>
+        <x:v>621068</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -14052,1069 +14052,1069 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>620560</x:v>
+        <x:v>622237</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>620563</x:v>
+        <x:v>622242</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>620566</x:v>
+        <x:v>622255</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>620894</x:v>
+        <x:v>622260</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>613939</x:v>
+        <x:v>622262</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>613948</x:v>
+        <x:v>622268</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>329</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>613961</x:v>
+        <x:v>622275</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>613970</x:v>
+        <x:v>622277</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>622237</x:v>
+        <x:v>622278</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>622242</x:v>
+        <x:v>622307</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s"/>
       <x:c r="K222" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>622255</x:v>
+        <x:v>622312</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>622260</x:v>
+        <x:v>622316</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>622262</x:v>
+        <x:v>620894</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>622268</x:v>
+        <x:v>613939</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>622275</x:v>
+        <x:v>613948</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>622277</x:v>
+        <x:v>613961</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>622278</x:v>
+        <x:v>613970</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>622307</x:v>
+        <x:v>620560</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>622312</x:v>
+        <x:v>620563</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>622316</x:v>
+        <x:v>620566</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -15122,534 +15122,534 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>613946</x:v>
+        <x:v>620896</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>613950</x:v>
+        <x:v>620559</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>613953</x:v>
+        <x:v>620562</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>613960</x:v>
+        <x:v>620579</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s"/>
       <x:c r="K236" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>622297</x:v>
+        <x:v>613947</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>622232</x:v>
+        <x:v>613951</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s"/>
       <x:c r="K238" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>622233</x:v>
+        <x:v>613968</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>622239</x:v>
+        <x:v>622248</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>622244</x:v>
+        <x:v>622257</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>622245</x:v>
+        <x:v>622270</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -15657,427 +15657,427 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>622258</x:v>
+        <x:v>622271</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>622266</x:v>
+        <x:v>622300</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>366</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>622276</x:v>
+        <x:v>622303</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>622281</x:v>
+        <x:v>621062</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>622310</x:v>
+        <x:v>621065</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>622314</x:v>
+        <x:v>622238</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>622319</x:v>
+        <x:v>622250</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>621064</x:v>
+        <x:v>622308</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -16085,106 +16085,106 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s"/>
       <x:c r="K250" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>621067</x:v>
+        <x:v>622321</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>620547</x:v>
+        <x:v>622331</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -16192,213 +16192,213 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>620552</x:v>
+        <x:v>621064</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>620555</x:v>
+        <x:v>621067</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>620565</x:v>
+        <x:v>622304</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>620571</x:v>
+        <x:v>620547</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -16406,1069 +16406,1069 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>620574</x:v>
+        <x:v>620552</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>622304</x:v>
+        <x:v>620555</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>621062</x:v>
+        <x:v>620565</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>621065</x:v>
+        <x:v>620571</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>622271</x:v>
+        <x:v>620574</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>622300</x:v>
+        <x:v>622297</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>622303</x:v>
+        <x:v>613946</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>622248</x:v>
+        <x:v>613950</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>622257</x:v>
+        <x:v>613953</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>622270</x:v>
+        <x:v>613960</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>613947</x:v>
+        <x:v>622232</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>613951</x:v>
+        <x:v>622233</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>613968</x:v>
+        <x:v>622239</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>620559</x:v>
+        <x:v>622244</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>620562</x:v>
+        <x:v>622245</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>620579</x:v>
+        <x:v>622258</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>620896</x:v>
+        <x:v>622266</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>622238</x:v>
+        <x:v>622276</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>622250</x:v>
+        <x:v>622281</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>622308</x:v>
+        <x:v>622310</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -17476,112 +17476,112 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>622321</x:v>
+        <x:v>622314</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>622331</x:v>
+        <x:v>622319</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>35</x:v>
@@ -17635,51 +17635,51 @@
       <x:c r="I279" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>613945</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
@@ -17832,284 +17832,284 @@
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>71132</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>586278</x:v>
+        <x:v>577081</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
-        <x:v>46382</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>576583</x:v>
+        <x:v>577832</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>586276</x:v>
+        <x:v>586278</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>577832</x:v>
+        <x:v>576583</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>71132</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>577081</x:v>
+        <x:v>586276</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
@@ -18138,258 +18138,258 @@
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
-        <x:v>70711</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>578077</x:v>
+        <x:v>576516</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
-        <x:v>46003</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>576516</x:v>
+        <x:v>576556</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>70711</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>576556</x:v>
+        <x:v>578077</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>576396</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>576585</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
@@ -18473,78 +18473,78 @@
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>585504</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>576586</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
@@ -18575,51 +18575,51 @@
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>585515</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
@@ -18628,51 +18628,51 @@
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>586279</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
@@ -18725,170 +18725,170 @@
       <x:c r="L300" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>550653</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>608564</x:v>
+        <x:v>514673</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>514673</x:v>
+        <x:v>608564</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>40907</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -18898,51 +18898,51 @@
       <x:c r="L303" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>601341</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>40907</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
@@ -18957,51 +18957,51 @@
       <x:c r="L304" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>548480</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -19017,51 +19017,51 @@
       <x:c r="L305" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>556497</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>35517</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>404</x:v>
@@ -19138,51 +19138,51 @@
       <x:c r="L307" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>556496</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>41844</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
@@ -19407,51 +19407,51 @@
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>614512</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -19461,51 +19461,51 @@
       <x:c r="L313" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>560765</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>402</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
@@ -19636,51 +19636,51 @@
       <x:c r="L316" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>560767</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>93</x:v>
@@ -19936,162 +19936,162 @@
         <x:v>424</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>611780</x:v>
+        <x:v>611768</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>611768</x:v>
+        <x:v>611771</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>611771</x:v>
+        <x:v>611780</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>60</x:v>
@@ -20180,51 +20180,51 @@
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>542297</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
@@ -20384,165 +20384,165 @@
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>542299</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>542266</x:v>
+        <x:v>542298</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>542298</x:v>
+        <x:v>542266</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>443</x:v>
@@ -20852,160 +20852,159 @@
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>535474</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>34922</x:v>
+        <x:v>36460</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
-      <x:c r="E340" s="14" t="s"/>
+      <x:c r="E340" s="14" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>46330</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>565291</x:v>
+        <x:v>553387</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>36460</x:v>
+        <x:v>34922</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
-      <x:c r="E341" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>34093</x:v>
+        <x:v>46330</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>553387</x:v>
+        <x:v>565291</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>34922</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -21352,51 +21351,51 @@
       <x:c r="J348" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>581790</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -21474,274 +21473,275 @@
       <x:c r="L350" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>589809</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>603644</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>589814</x:v>
+        <x:v>609555</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
+      <x:c r="E353" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>609555</x:v>
+        <x:v>589814</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G354" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>583892</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F355" s="0" t="s">
         <x:v>229</x:v>
@@ -21848,51 +21848,51 @@
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>70711</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>589732</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
@@ -22070,51 +22070,51 @@
       <x:c r="M361" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>614329</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
@@ -22123,51 +22123,51 @@
       <x:c r="M362" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>614333</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>185</x:v>
@@ -22494,223 +22494,224 @@
       <x:c r="L369" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>552376</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
-      <x:c r="E370" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>552375</x:v>
+        <x:v>591882</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
+      <x:c r="E371" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>591882</x:v>
+        <x:v>552374</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>552374</x:v>
+        <x:v>552375</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -22830,51 +22831,51 @@
       <x:c r="J375" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>592538</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -22897,51 +22898,51 @@
       <x:c r="L376" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>599654</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>40377</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
@@ -22957,51 +22958,51 @@
       <x:c r="L377" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
         <x:v>589818</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>523</x:v>
@@ -23018,51 +23019,51 @@
       <x:c r="L378" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>555945</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
@@ -23078,51 +23079,51 @@
       <x:c r="L379" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>555943</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>39367</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -23745,54 +23746,54 @@
       <x:c r="L391" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>552112</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="G392" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="I392" s="16" t="s">
         <x:v>564</x:v>
@@ -24357,418 +24358,418 @@
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>46343</x:v>
+        <x:v>46359</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>611848</x:v>
+        <x:v>611875</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>593</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>611881</x:v>
+        <x:v>611876</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>611875</x:v>
+        <x:v>611906</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>597</x:v>
+        <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>46359</x:v>
+        <x:v>46343</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>611876</x:v>
+        <x:v>611848</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>611906</x:v>
+        <x:v>611881</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
         <x:v>611907</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>611908</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="C410" s="15" t="s"/>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
-        <x:v>595</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>611877</x:v>
       </x:c>
@@ -24776,265 +24777,265 @@
         <x:v>178</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>611911</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>596</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>611916</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>587</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>611846</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>587</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>46343</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>591</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>611787</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>611912</x:v>
       </x:c>
@@ -25045,51 +25046,51 @@
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>611913</x:v>
       </x:c>
@@ -25510,51 +25511,51 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>613099</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>307</x:v>
@@ -25612,51 +25613,51 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>613110</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>307</x:v>
@@ -25763,258 +25764,258 @@
       <x:c r="I429" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>613092</x:v>
+        <x:v>612713</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>613098</x:v>
+        <x:v>613092</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C431" s="3" t="s"/>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>613103</x:v>
+        <x:v>613098</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>613112</x:v>
+        <x:v>613103</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>612713</x:v>
+        <x:v>613112</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>307</x:v>
@@ -26273,51 +26274,51 @@
       <x:c r="I439" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>613108</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
@@ -26783,515 +26784,515 @@
       <x:c r="I449" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>613116</x:v>
+        <x:v>612712</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>613120</x:v>
+        <x:v>612710</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>612712</x:v>
+        <x:v>613091</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>612710</x:v>
+        <x:v>613097</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>613091</x:v>
+        <x:v>613102</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>613097</x:v>
+        <x:v>613107</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>613102</x:v>
+        <x:v>613101</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>613107</x:v>
+        <x:v>613106</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>613101</x:v>
+        <x:v>613116</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>613106</x:v>
+        <x:v>613120</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>35</x:v>
@@ -27555,51 +27556,51 @@
         <x:v>653</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
         <x:v>599748</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
         <x:v>652</x:v>
@@ -27607,51 +27608,51 @@
       <x:c r="I465" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>46359</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>574759</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
@@ -27791,51 +27792,51 @@
       <x:c r="L468" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>554929</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -27910,51 +27911,51 @@
       <x:c r="L470" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>575984</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="H471" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -27967,51 +27968,51 @@
       <x:c r="L471" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>575987</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
@@ -28802,51 +28803,51 @@
       <x:c r="K487" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>533650</x:v>
+        <x:v>534201</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
@@ -28857,51 +28858,51 @@
       <x:c r="K488" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>534201</x:v>
+        <x:v>533650</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 