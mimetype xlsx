--- v0 (2026-03-19)
+++ v1 (2026-03-19)
@@ -479,161 +479,161 @@
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Perspectivia</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/01/2026 00:00:00</x:t>
-[...100 lines deleted...]
-  <x:si>
     <x:t>08/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
@@ -1391,134 +1391,134 @@
   <x:si>
     <x:t>BTS FED - Fluides Energies Domotique - Option C Domotique et bâtiment communicants</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Conseil et commercialisation de solutions techniques</x:t>
   </x:si>
   <x:si>
     <x:t>BACHELOR - Responsable de développement Commercial France et International</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform - Antenne La Garde</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS FED - Fluides Energies Domotique - Option A Génie climatique et fluidique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS FED - Fluides Energies Domotique - Option B Froid et conditionnement d'air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta du Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Langues Communication - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JUAN LES PINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Someform</x:t>
-[...70 lines deleted...]
-  <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPLUS</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
@@ -1604,93 +1604,93 @@
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de développement commercial</x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique - Campus de Vaufrèges</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Attaché commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/28/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ebm Business School</x:t>
   </x:si>
   <x:si>
+    <x:t>EBM 5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ebm Business School - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>EBM 3</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>EBM 5</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Contrat de Professionnalisation)</x:t>
   </x:si>
@@ -3126,154 +3126,154 @@
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>559247</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>578835</x:v>
+        <x:v>613761</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>613761</x:v>
+        <x:v>578835</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4979,51 +4979,51 @@
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>572975</x:v>
+        <x:v>598814</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -5090,222 +5090,222 @@
       <x:c r="K44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>611411</x:v>
+        <x:v>598546</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>611413</x:v>
+        <x:v>611411</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>617012</x:v>
+        <x:v>611413</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>598546</x:v>
+        <x:v>617012</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="U47" s="4" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5651,105 +5651,105 @@
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>572983</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>598805</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="U55" s="4" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5759,108 +5759,108 @@
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>598812</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U56" s="16" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>598801</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="U57" s="4" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5870,54 +5870,54 @@
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>598802</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="U58" s="16" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5981,105 +5981,105 @@
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>572976</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>572977</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -6092,51 +6092,51 @@
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>572980</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6146,51 +6146,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>598803</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -6260,162 +6260,162 @@
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>572982</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>572979</x:v>
+        <x:v>572975</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>598814</x:v>
+        <x:v>572979</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -8623,159 +8623,159 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>554255</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>506187</x:v>
+        <x:v>611637</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>611637</x:v>
+        <x:v>506187</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9519,164 +9519,164 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>611277</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>611234</x:v>
+        <x:v>547704</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>547704</x:v>
+        <x:v>611234</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10604,57 +10604,57 @@
       <x:c r="K139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605938</x:v>
+        <x:v>564868</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -10663,57 +10663,57 @@
       <x:c r="K140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>564868</x:v>
+        <x:v>605938</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12148,164 +12148,164 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>496610</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>549877</x:v>
+        <x:v>605846</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>605846</x:v>
+        <x:v>549877</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>306</x:v>
@@ -12316,57 +12316,57 @@
       <x:c r="K168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>605850</x:v>
+        <x:v>549878</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -12376,57 +12376,57 @@
       <x:c r="K169" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>549878</x:v>
+        <x:v>605850</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>306</x:v>
@@ -14169,161 +14169,161 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>546924</x:v>
+        <x:v>601974</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>601974</x:v>
+        <x:v>546924</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
@@ -15202,51 +15202,51 @@
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>552065</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -15895,51 +15895,51 @@
       <x:c r="M229" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>553411</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16631,233 +16631,233 @@
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>507626</x:v>
+        <x:v>554782</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>554782</x:v>
+        <x:v>553999</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>553999</x:v>
+        <x:v>564379</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>606237</x:v>
+        <x:v>507554</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
@@ -16866,405 +16866,405 @@
       <x:c r="K246" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>564379</x:v>
+        <x:v>606237</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>507554</x:v>
+        <x:v>504157</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>504157</x:v>
+        <x:v>606235</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>606235</x:v>
+        <x:v>564375</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I250" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>564375</x:v>
+        <x:v>573823</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
-        <x:v>35150</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
-        <x:v>34085</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>573823</x:v>
+        <x:v>564373</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>564373</x:v>
+        <x:v>564382</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -17285,391 +17285,391 @@
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>532737</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I254" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>564382</x:v>
+        <x:v>606205</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>606205</x:v>
+        <x:v>554779</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>554779</x:v>
+        <x:v>515472</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>35150</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>515472</x:v>
+        <x:v>623617</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>35150</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>623617</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>438</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>554778</x:v>
+        <x:v>507626</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
@@ -17732,113 +17732,113 @@
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>507555</x:v>
+        <x:v>608334</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>557460</x:v>
+        <x:v>507555</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -17851,227 +17851,227 @@
       <x:c r="K263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>557461</x:v>
+        <x:v>557460</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I264" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>564377</x:v>
+        <x:v>557461</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>608334</x:v>
+        <x:v>564377</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>613349</x:v>
+        <x:v>557310</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -20202,51 +20202,51 @@
       <x:c r="M304" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>557309</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20307,330 +20307,330 @@
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>613351</x:v>
+        <x:v>613349</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="U306" s="16" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>613350</x:v>
+        <x:v>613351</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>613353</x:v>
+        <x:v>613350</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>613355</x:v>
+        <x:v>613353</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>557310</x:v>
+        <x:v>613355</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>613356</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
@@ -20868,51 +20868,51 @@
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>613352</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -22895,57 +22895,57 @@
       <x:c r="K351" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>555839</x:v>
+        <x:v>502639</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>112</x:v>
@@ -22956,57 +22956,57 @@
       <x:c r="K352" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>608486</x:v>
+        <x:v>555839</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -23016,57 +23016,57 @@
       <x:c r="K353" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>502639</x:v>
+        <x:v>608486</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>112</x:v>
@@ -23245,1348 +23245,1348 @@
       <x:c r="K357" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>600041</x:v>
+        <x:v>548173</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>583314</x:v>
+        <x:v>577259</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
-      <x:c r="E359" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>548183</x:v>
+        <x:v>617731</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>600062</x:v>
+        <x:v>572708</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>583313</x:v>
+        <x:v>583304</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>569955</x:v>
+        <x:v>622629</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>622631</x:v>
+        <x:v>617730</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>622630</x:v>
+        <x:v>598726</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>609633</x:v>
+        <x:v>609625</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>617729</x:v>
+        <x:v>583303</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
-      <x:c r="E367" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>600061</x:v>
+        <x:v>583314</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
-      <x:c r="E368" s="14" t="s"/>
+      <x:c r="E368" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>569956</x:v>
+        <x:v>600041</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>600042</x:v>
+        <x:v>548183</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
-      <x:c r="E370" s="14" t="s"/>
+      <x:c r="E370" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>598721</x:v>
+        <x:v>600062</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>519</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>577259</x:v>
+        <x:v>583313</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>572708</x:v>
+        <x:v>569955</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>520</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>583304</x:v>
+        <x:v>622631</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>617731</x:v>
+        <x:v>622630</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>622629</x:v>
+        <x:v>609633</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
-      <x:c r="E376" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K376" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>548173</x:v>
+        <x:v>617729</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
+      <x:c r="E377" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>583303</x:v>
+        <x:v>600061</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
-        <x:v>37717</x:v>
+        <x:v>39063</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
-        <x:v>34581</x:v>
+        <x:v>34572</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>598726</x:v>
+        <x:v>569956</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
-        <x:v>39063</x:v>
+        <x:v>37717</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
+      <x:c r="E379" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
-        <x:v>34572</x:v>
+        <x:v>34581</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>609625</x:v>
+        <x:v>600042</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>517</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>617730</x:v>
+        <x:v>598721</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>516</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>448</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="H381" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
@@ -24596,51 +24596,51 @@
       <x:c r="K381" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>571078</x:v>
+        <x:v>572167</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>521</x:v>
@@ -24657,51 +24657,51 @@
       <x:c r="K382" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>572167</x:v>
+        <x:v>571078</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="E383" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G383" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
@@ -28873,51 +28873,51 @@
       <x:c r="L453" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>571090</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
         <x:v>616</x:v>
@@ -30113,51 +30113,51 @@
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>600738</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
         <x:v>656</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="E475" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
@@ -30286,51 +30286,51 @@
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>600717</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
@@ -31160,114 +31160,114 @@
       <x:c r="K492" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>547013</x:v>
+        <x:v>599243</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>677</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>599243</x:v>
+        <x:v>547013</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>